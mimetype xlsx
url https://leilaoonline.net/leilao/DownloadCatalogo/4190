--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -142,100 +142,100 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F32"/>
+  <dimension ref="A1:F45"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>PORTEIRA FECHADA, CARRO E EQUIPAMENTOS</t>
+          <t>PORTEIRA FECHADA, CARRO, ACADEMIA E EQUIPAMENTOS</t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>27/10/2025 15:00</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
@@ -276,743 +276,1159 @@
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
-          <t>LOTE PORTEIRA FECHADA. FORMADO POR TODOS OS LOTES DE SÃO PAULO. VEJA ESPECIFICAÇÔES</t>
+          <t>LOTE PORTEIRA FECHADA. FORMADO POR TODOS OS LOTES DISPONÍVEIS DE SÃO PAULO. VEJA ESPECIFICAÇÔES</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>51</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>75.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>[ PORTEIRA FECHADA ] 12 IMPRESSORAS DIVERSAS E PERIFÉRICOS (PARTE DO LOTE 0 - PORTEIRA FECHADA)</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>154</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>[ PORTEIRA FECHADA ]  3 LUMINÁRIAS DE EMERGÊNCIA, 20 LUMINÁRIAS P/ LÂMPADA FLUORESCENTE. (PARTE DO LOTE 0 - PORTEIRA FECHADA)</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>209</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>[ PORTEIRA FECHADA ]  LUMINÁRIAS DIVERSOS (S/ LÂMPADAS) (PARTE DO LOTE 0 - PORTEIRA FECHADA)</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>213</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> [ PORTEIRA FECHADA ]  LÂMPADAS DIVERSAS (PARTE DO LOTE 0 - PORTEIRA FECHADA)</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>215</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> [ PORTEIRA FECHADA ] TV LED 43", CARREGADORES, 3 MÁQUINAS DIGITAIS SONY, MICROFONES, BASES P/ MONITORES, ANTENA (PARTE DO LOTE 0 - PORTEIRA FECHADA)</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>216</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>  [ PORTEIRA FECHADA ] 2 SUCATAS DE PNEUS (PARTE DO LOTE 0 - PORTEIRA FECHADA)</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>217</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>  [ PORTEIRA FECHADA ] 9 MESAS, 1 ARMÁRIO, 2 PIAS E MÓVEIS DESMONTADOS DIVERSOS (PARTE DO LOTE 0 - PORTEIRA FECHADA)</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>219</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> [ PORTEIRA FECHADA ] 1 ARMÁRIO-ESTUFA (ADAPTADO) E 1 ESTUFA DE MANUTENÇÃO (PARTE DO LOTE 0 - PORTEIRA FECHADA)</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>220</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>[ PORTEIRA FECHADA ]  LUMINÁRIAS DIVERSOS (S/ LÂMPADAS) (PARTE DO LOTE 0 - PORTEIRA FECHADA)</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>[ PORTEIRA FECHADA ]  APROX. 10 PALLETS DIVERSOS  (PARTE DO LOTE 0 - PORTEIRA FECHADA)</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>[ PORTEIRA FECHADA ]  CHUVEIRO LAVA-OLHOS E CALHAS DIVERSAS (PARTE DO LOTE 0 - PORTEIRA FECHADA)</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>225</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>[ PORTEIRA FECHADA ]  1 CILINDRO HIDRÁULICO SOPRANO; PRES.: 190 KGF/CM² (PARTE DO LOTE 0 - PORTEIRA FECHADA)</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>VW GOL 1.6. FLEX. ANO 2020/2021</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>10</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>21.000,00</t>
+          <t>28.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>750.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>311</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t>GUILHOTINA DE PAPEL</t>
+          <t> Aprox. 15 arandelas diversas</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Lote retirado</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>450,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>10.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>318</t>
+          <t>312</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t> Caixa de massa METASUL 350L azul: 2 unidades e Caixa de massa 450L 2m x 1m: 2 unidades</t>
+          <t> Aprox. 200 picaretas p/ soldador</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>321</t>
+          <t>314</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t> 07 unidades de Chave de nível tipo boia Unipolar e 06 unidades de Atuador Pneumático Rotativo de Dupla Ação</t>
+          <t> Tesoura corta-chapa</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>322</t>
+          <t>318</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 1.470 kg de itens sendo: varetas, eletrodos, arames e extintores. Veja especificações</t>
+          <t>02 Caixa de massa METASUL 350L azul e 02 Caixa de massa 450L 2m x 1m</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>323</t>
+          <t>319</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t> 07 manilhas curvas</t>
+          <t>Aprox. 30 refletores diversos e aprox. 60 luminárias diversas</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>326</t>
+          <t>321</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t>Aprox. 29 un. de bebedouros industriais</t>
+          <t> 07 unidades de Chave de nível tipo boia Unipolar e 06 unidades de Atuador Pneumático Rotativo de Dupla Ação</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>327</t>
+          <t>322</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t>Aprox. 41 un. de ar condicionado. Sendo 33 de janela e 08 Split</t>
+          <t> Aprox. 1.470 kg de itens sendo: varetas, eletrodos, arames e extintores. Veja especificações</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>8.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
+          <t>323</t>
+        </is>
+      </c>
+      <c r="B32" s="4" t="inlineStr">
+        <is>
+          <t> 07 manilhas curvas</t>
+        </is>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="inlineStr">
+        <is>
+          <t>324</t>
+        </is>
+      </c>
+      <c r="B33" s="4" t="inlineStr">
+        <is>
+          <t> 2 carrinhos hidráulicos</t>
+        </is>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="inlineStr">
+        <is>
+          <t>326</t>
+        </is>
+      </c>
+      <c r="B34" s="4" t="inlineStr">
+        <is>
+          <t>Aprox. 34 un. de bebedouros industriais</t>
+        </is>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="inlineStr">
+        <is>
+          <t>327</t>
+        </is>
+      </c>
+      <c r="B35" s="4" t="inlineStr">
+        <is>
+          <t>Aprox. 41 un. de ar condicionado. Sendo 33 de janela e 08 Split</t>
+        </is>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="inlineStr">
+        <is>
           <t>328</t>
         </is>
       </c>
-      <c r="B32" s="4" t="inlineStr">
+      <c r="B36" s="4" t="inlineStr">
         <is>
           <t>01 carrinho hidráulico e 02 Tifor 1,6 t</t>
         </is>
       </c>
-      <c r="C32" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="F32" s="4" t="inlineStr">
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="inlineStr">
+        <is>
+          <t>332</t>
+        </is>
+      </c>
+      <c r="B37" s="4" t="inlineStr">
+        <is>
+          <t>Aprox. 15 aparelhos de musculação diversos e acessórios</t>
+        </is>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="inlineStr">
+        <is>
+          <t>333</t>
+        </is>
+      </c>
+      <c r="B38" s="4" t="inlineStr">
+        <is>
+          <t>Aprox. 40 garrafas térmicas</t>
+        </is>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="inlineStr">
+        <is>
+          <t>334</t>
+        </is>
+      </c>
+      <c r="B39" s="4" t="inlineStr">
+        <is>
+          <t>04 Marmiteiros (tipo banho Maria)</t>
+        </is>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="inlineStr">
+        <is>
+          <t>335</t>
+        </is>
+      </c>
+      <c r="B40" s="4" t="inlineStr">
+        <is>
+          <t> 7 aspiradores de pó diversos</t>
+        </is>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="inlineStr">
+        <is>
+          <t>336</t>
+        </is>
+      </c>
+      <c r="B41" s="4" t="inlineStr">
+        <is>
+          <t> Aprox. 14 luminárias diversas</t>
+        </is>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="inlineStr">
+        <is>
+          <t>337</t>
+        </is>
+      </c>
+      <c r="B42" s="4" t="inlineStr">
+        <is>
+          <t> Aprox. 20 extintores diversos</t>
+        </is>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="inlineStr">
+        <is>
+          <t>338</t>
+        </is>
+      </c>
+      <c r="B43" s="4" t="inlineStr">
+        <is>
+          <t> 2 estufas CARBOGRAFITE, mod. ECG200; pot. 4000 W, 220 V</t>
+        </is>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="inlineStr">
+        <is>
+          <t>339</t>
+        </is>
+      </c>
+      <c r="B44" s="4" t="inlineStr">
+        <is>
+          <t> Guincho tipo girafa</t>
+        </is>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="inlineStr">
+        <is>
+          <t>340</t>
+        </is>
+      </c>
+      <c r="B45" s="4" t="inlineStr">
+        <is>
+          <t>8 Mesas refeitório com 8 lugares cada (banco fixo)</t>
+        </is>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>