--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -281,51 +281,51 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> LOTE COM SACOS DE RESINA USADOS EM CONCRETAGEM DE PISOS, VIAPOL, VALIDOS ATÉ JUL 2027, SENDO:  555 SACOS DE TUF STRAND SF (saco 5 KG) E 16 EMBALAGENS DE FIBERSTRAND 100 (emb. de 18 KG.)  Vendido no estado em que se encontra.</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>