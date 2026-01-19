--- v0 (2025-10-15)
+++ v1 (2026-01-19)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F56"/>
+  <dimension ref="A1:F60"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -281,1504 +281,1632 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! VW/SANTANA PATRULHEIRO; 2006/2006; VERMELHA; GASOLINA - FUNCIONANDO - LEGALIZADO</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>25</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>10.500,00</t>
+          <t>22.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>MERCEDES BENZ C280; ANO 1995; GASOLINA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>18.000,00</t>
+          <t>18.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! FIAT/147 L; 1978/1978; MARROM; GASOLINA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>21</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>9.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! I/M.BENZ C250; 2015/2015; PRATA; GASOLINA - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>FORD/DEL REY; 1983/1984; MARROM; ALCOOL - NÃO FUNCIONA</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>1750.00</t>
+          <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t>FORD/DEL REY; 1983/1984; MARROM; ALCOOL - NÃO FUNCIONA</t>
+          <t>MERCEDES ANO 1985; COMB. DIESEL; 300D - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>45.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>150.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>6</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t>MERCEDES ANO 1985; COMB. DIESEL; 300D - FUNCIONANDO</t>
+          <t>VW/GOL CL; 1991/1991; COR PRATA; COMB. GASOLINA; MOTOR AP - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>18</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>45.000,00</t>
+          <t>8.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>7</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>VW/GOL CL; 1991/1991; COR PRATA; COMB. GASOLINA; MOTOR AP - FUNCIONANDO</t>
+          <t>veja o vídeo!! GM/VECTRA GL; 1996/1997; VERDE; GASOLINA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>3.750,00</t>
+          <t>9.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! GM/VECTRA GL; 1996/1997; VERDE; GASOLINA - FUNCIONANDO</t>
+          <t>veja o vídeo!! FORD/ESCORT XR3; 1988/1989; VERMELHA; ALCOOL; CONVERSIVEL - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>22</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>5.500,00</t>
+          <t>25.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>9</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! CHEV/TRACKER T A; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! FORD/GALAXIE LTD; 1977/1977; COR PRETA; GASOLINA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>26</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>49.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! HONDA/CITY EXL; 2022/2023; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>10</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>46.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>11</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t>FIAT/IDEA ESSENCE 1.6; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO</t>
+          <t>veja o vídeo!! CHEV/TRACKER T A; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>13.000,00</t>
+          <t>43.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>12</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! FIAT/ARGO DRIVE 1.3; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>I/HYUNDAI SANTAFE GLS V6; 2009/2010; PRATA; GASOLINA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>18.000,00</t>
+          <t>13.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>13</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! FIAT/TORO FREEDOM AT6; 2019/2020; BRANCA; ALCO./GASOL. - FUNC. - FIPE APROX.: R$ 91.242,00</t>
+          <t>FIAT/IDEA ESSENCE 1.6; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>15.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>14</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! VW/T CROSS TSI; 2023/2024; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! I/M.BENZ C250; 2015/2015; PRATA; GASOLINA - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>40.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>15</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! FORD/KA FLEX; 2010/2011; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! FIAT/ARGO DRIVE 1.3; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>19</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>27.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>20</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! CHEV/SPIN 1.8L MT LT; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO</t>
+          <t>veja o vídeo!! FIAT/TORO FREEDOM AT6; 2019/2020; BRANCA; ALCO./GASOL. - FUNC. - FIPE APROX.: R$ 91.242,00</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>31.500,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>23</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t>VW/GOL 1.6; ANO 2009/2010; COR BRANCA; COMB. ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! I/FIAT SIENA ELX; 2001/2001; VERDE; GASOLINA - FUNCIONANDO </t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>5.750,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>25</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! I/MMC PAJERO SPORT HPE; 2019/2020; PRATA; DIESEL - FUNC. - IPVA 2025 OK - FIPE APROX.: R$ 219.086,00</t>
+          <t>veja o vídeo!! VW/T CROSS TSI; 2023/2024; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>38</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>59.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>1750.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>45</t>
+          <t>30</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! KIA/SPORTAGE; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! FORD/KA FLEX; 2010/2011; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>14</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>7.250,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>35</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t>VW/POLO 1.6; 2008/2009; PRETA; ALCO./GASOL./GNV - FUNCIONANDO</t>
+          <t>veja o vídeo!! CHEV/SPIN 1.8L MT LT; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>31.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>37</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! I/AUDI A5 SPB 170CV; ANO 2015/2015; COR CINZA; GASOLINA - FUNCIONANDO</t>
+          <t>VW/GOL 1.6; ANO 2009/2010; COR BRANCA; COMB. ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>43</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>15.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>1750.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>40</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! CITROEN/C3 GLX 14 FLEX; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! I/MMC PAJERO SPORT HPE; 2019/2020; PRATA; DIESEL - FUNC. - IPVA 2025 OK - FIPE APROX.: R$ 219.086,00</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>29</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>89.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>65</t>
+          <t>45</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! CHEV/TRACKER T A LTZ; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! KIA/SPORTAGE; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>26.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! HONDA/CITY LX CVT; 2018/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>VW/POLO 1.6; 2008/2009; PRETA; ALCO./GASOL./GNV - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>18</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>18.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>55</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! NISSAN/KICKS SL CVT; 2018/2018; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! I/AUDI A5 SPB 170CV; ANO 2015/2015; COR CINZA; GASOLINA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>23.000,00</t>
+          <t>50.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>60</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t>TOYOTA/ETIOS HB XS; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! CITROEN/C3 GLX 14 FLEX; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>7.000,00</t>
+          <t>13.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>65</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! I/BMW 320I; 2019/2020; PRETA; GASOLINA - FUNC. - FIPE APROX.: R$ 202.820,00</t>
+          <t>veja o vídeo!! CHEV/TRACKER T A LTZ; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>28</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>45.000,00</t>
+          <t>58.750,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>1750.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>70</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! CITROEN/C4CACTUS FEEL AT; 2022/2023; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! HONDA/CITY LX CVT; 2018/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>42.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>75</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! I/M.BENZ C 180 CGI; 2010/2011; CINZA; GASOLINA - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! NISSAN/KICKS SL CVT; 2018/2018; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>9</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>17.000,00</t>
+          <t>43.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! I/HONDA CR-V EXL; 2011/2011; PRETA; ALCO./GASOL. - FUNCIONANDO </t>
+          <t>TOYOTA/ETIOS HB XS; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>39</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>30.500,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>85</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! HYUNDAI/CRETA 16A ACTION; 2022/2023; PRATA; ALCO./GASOL. - FUNC. - IPVA 2025 OK - APROX. 26.000KM</t>
+          <t>veja o vídeo!! I/BMW 320I; 2019/2020; PRETA; GASOLINA - FUNC. - FIPE APROX.: R$ 202.820,00</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>45.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>90</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t>HONDA/WR-V EX CVT; 2017/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! CITROEN/C4CACTUS FEEL AT; 2022/2023; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>22</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>51.250,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>95</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! CHEV/ONIX PLUS 10TAT PR2; 2022/2023; BRANCA; ALCO./GASOL. - IPVA 2025 OK</t>
+          <t>veja o vídeo!! I/M.BENZ C 180 CGI; 2010/2011; CINZA; GASOLINA - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>23.000,00</t>
+          <t>17.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>115</t>
+          <t>100</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t>I/AUDI A5 SPB 2.0 TFSI; 2023/2024; CINZA; GASOLINA - FUNCIONANDO - IPVA 2025 OK - FIPE APROX.: R$ 302.944,00</t>
+          <t>veja o vídeo!! I/HONDA CR-V EXL; 2011/2011; PRETA; ALCO./GASOL. - FUNCIONANDO </t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>30.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>1750.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>103</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! CITROEN/C3 90M TENDANCE; 2013/2014; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>HONDA/WR-V EX CVT; 2017/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>13.000,00</t>
+          <t>27.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>105</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! TOYOTA/ETIOS SD XLS; 2015/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! HYUNDAI/CRETA 16A ACTION; 2022/2023; PRATA; ALCO./GASOL. - FUNC. - IPVA 2025 OK - APROX. 26.000KM</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>30</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>7.000,00</t>
+          <t>62.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>110</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t>CHEV/SPIN 1.8L AT LT; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! CHEV/ONIX PLUS 10TAT PR2; 2022/2023; BRANCA; ALCO./GASOL. - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>23.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>115</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! I/AUDI RS4 AVANT 4.2FSI; 2014/2015; VERMELHA; GASOLINA - FUNC. - IPVA 2025 OK - FIPE APROX.: R$ 362.069,00</t>
+          <t>I/AUDI A5 SPB 2.0 TFSI; 2023/2024; CINZA; GASOLINA - FUNCIONANDO - IPVA 2025 OK - FIPE APROX.: R$ 302.944,00</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>45.000,00</t>
+          <t>40.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>120</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! CHEV/PRISMA 1.4MT LT; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO</t>
+          <t>veja o vídeo!! CITROEN/C3 90M TENDANCE; 2013/2014; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>7.000,00</t>
+          <t>13.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>145</t>
+          <t>125</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t>I/ROYAL ENFIELD HIMALAYA; 2021/2022; CINZA; GASOLINA - NÃO FUNCIONA - IPVA 2025 OK</t>
+          <t>veja o vídeo!! TOYOTA/ETIOS SD XLS; 2015/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>32</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>22.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>130</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! I/KIA PICANTO EX41.0MTFF; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>CHEV/SPIN 1.8L AT LT; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>13.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>155</t>
+          <t>135</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! VW/GOL 1.6; 2010/2011; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+          <t>veja o vídeo!! I/AUDI RS4 AVANT 4.2FSI; 2014/2015; VERMELHA; GASOLINA - FUNC. - IPVA 2025 OK - FIPE APROX.: R$ 362.069,00</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>18</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>87.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>140</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t>veja o vídeo!! CHEV/SPIN 1.8L AT LT; 2013/2014; PRETA; ALCO./GASOL. - FUNCIONANDO</t>
+          <t>veja o vídeo!! CHEV/PRISMA 1.4MT LT; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>17.000,00</t>
+          <t>7.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>165</t>
+          <t>145</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t>PEUGEOT/208 GRIFFE A; 2013/2014; PRETA; ALCO./GASOL. - FUNCIONANDO</t>
+          <t>I/ROYAL ENFIELD HIMALAYA; 2021/2022; CINZA; GASOLINA - NÃO FUNCIONA - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>13.000,00</t>
+          <t>6.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>150</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t>I/NISSAN SENTRA S; 2007/2008; PRETA; GASOLINA - FUNCIONANDO</t>
+          <t>veja o vídeo!! I/KIA PICANTO EX41.0MTFF; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
+          <t>155</t>
+        </is>
+      </c>
+      <c r="B56" s="4" t="inlineStr">
+        <is>
+          <t>veja o vídeo!! VW/GOL 1.6; 2010/2011; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
+        </is>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="inlineStr">
+        <is>
+          <t>160</t>
+        </is>
+      </c>
+      <c r="B57" s="4" t="inlineStr">
+        <is>
+          <t>veja o vídeo!! CHEV/SPIN 1.8L AT LT; 2013/2014; PRETA; ALCO./GASOL. - FUNCIONANDO</t>
+        </is>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="inlineStr">
+        <is>
+          <t>165</t>
+        </is>
+      </c>
+      <c r="B58" s="4" t="inlineStr">
+        <is>
+          <t>PEUGEOT/208 GRIFFE A; 2013/2014; PRETA; ALCO./GASOL. - FUNCIONANDO</t>
+        </is>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="inlineStr">
+        <is>
+          <t>170</t>
+        </is>
+      </c>
+      <c r="B59" s="4" t="inlineStr">
+        <is>
+          <t>I/NISSAN SENTRA S; 2007/2008; PRETA; GASOLINA - FUNCIONANDO</t>
+        </is>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="inlineStr">
+        <is>
           <t>175</t>
         </is>
       </c>
-      <c r="B56" s="4" t="inlineStr">
+      <c r="B60" s="4" t="inlineStr">
         <is>
           <t>JINBEI M35; ANO 2010/2010; COR BRANCA; COMB. GASOLINA - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
-      <c r="C56" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D56" s="4" t="inlineStr">
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E56" s="5" t="inlineStr">
+      <c r="E60" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F56" s="4" t="inlineStr">
+      <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>