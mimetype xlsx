--- v0 (2025-10-23)
+++ v1 (2025-12-03)
@@ -281,258 +281,258 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>33665</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CAMINHÃO M.BENZ/2726 6X4; ANO 2010/2010; COR BRANCA; COMB. DIESEL - IPVA 2025 OK - FROTA 30001885</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>86</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>24.000,00</t>
+          <t>116.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>33666</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CAMINHÃO M.BENZ/AXOR 3344S6X4; 2013/2013; COR BRANCA; COMB. DIESEL - IPVA 2025 OK - FROTA 30002089</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>54</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>22.000,00</t>
+          <t>82.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>33667</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CAMINHÃO M.BENZ/ATEGO 2730K6X4 CE; 2017/2017; COR BRANCA; COMB. DIESEL - IPVA 2025 OK - FROTA 30002231</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>93</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>27.000,00</t>
+          <t>100.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>33668</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CAMINHÃO VOLVO/VM 260 6X4R; 2008/2009; COR BRANCA; COMB. DIESEL - IPVA 2025 OK - FROTA 30001770</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>66</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>88.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>33669</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CAMINHÃO M.BENZ/AXOR LOC TRATOR; 2013/2013; COR BRANCA; COMB. DIESEL - IPVA 2025 OK - FROTA 30002080</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>84</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>24.000,00</t>
+          <t>106.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>33670</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CAMINHÃO M.BENZ/AXOR LOC TRATOR; 2013/2013; COR BRANCA; COMB. DIESEL - IPVA 2025 OK - FROTA 30002082</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>54</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>33.000,00</t>
+          <t>94.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>33671</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CAMINHÃO SCANIA/R113 E 6X4 360; 1997/1998; COR BRANCA; COMB. DIESEL - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>57</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>21.000,00</t>
+          <t>81.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>