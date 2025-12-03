--- v0 (2025-10-15)
+++ v1 (2025-12-03)
@@ -281,307 +281,307 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO FORD/CARGO 2630; 2000/2000; COR BRANCA; COMB. DIESEL; C/ TANQUE AÇO CARBONO - FUNCIONANDO OPERACIONAL</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>27</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>75.000,00</t>
+          <t>93.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! TRATOR AGRÍCOLA CASE MX 110; ANO 2004; COMB. DIESEL - FUNCIONANDO OPERACIONAL</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>60.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! TRATOR AGRÍCOLA JOHN DEERE 5078; ANO 2019; COMB. DIESEL - FUNCIONANDO OPERACIONAL</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>20</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>75.000,00</t>
+          <t>100.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>1750.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! TRATOR AGRÍCOLA JOHN DEERE 5078; ANO 2018; COMB. DIESEL - FUNCIONANDO OPERACIONAL</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>70.000,00</t>
+          <t>71.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! TRATOR AGRÍCOLA VALTRA BM 100; ANO 2007; COMB. DIESEL - FUNCIONANDO OPERACIONAL</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>75.000,00</t>
+          <t>81.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>1750.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! TRATOR AGRÍCOLA MASSEY FERGUSON 6711; ANO 2020.; COMB. DIESEL - FUNCIONANDO OPERACIONAL</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! TRATOR AGRÍCOLA MASSEY FERGUSON 290 CABINADO; ANO 1992; COMB. DIESEL - FUNCIONANDO OPERACIONAL</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 01 ÁREA DE VIVÊNCIA COM NR 31; ANO 2022 - FUNCIONANDO OPERACIONAL</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 01 ÁREA DE VIVÊNCIA </t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>