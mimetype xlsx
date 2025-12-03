--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -281,317 +281,317 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> ESCAVADEIRA CAT 320; CHASSI: CAT00320HBR620224; ANO: 2020;  FROTA:  323002 HORIM.:  hr: 17914,1 OBS:  equipamento em geral está com amassados,desgaste em uso, durante o check-list evidenciado vazamento de óleo. O motor não foi testado. O equipamento será vendido da forma que se encontra e sem os ag</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>21</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>150.000,00</t>
+          <t>201.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> MOTONIVELADORA CAT 140K; CHASSI:  CAT0140kCJPA06006; ANO: 2021;  FROTA:  328006 HORIM.:  Hr: 16085,5 OBS:  O motor parou funcionando, transmissão ok,sistema hidráulico faltando o cilindro de movimento lateral do círculo da lâmina. Algumas avarias em geral no interior da cabine. Sistema elétrico ok </t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>350.000,00</t>
+          <t>300.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> MOTONIVELADORA CAT 140K; CHASSI: CAT0140KEJPA06053; ANO: 2021;  FROTA:  328008 HORIM.:  Hr: 19201,4 OBS:  Parou funcionando, porém não foi testado. Pneus Ruins.(6)</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>350.000,00</t>
+          <t>300.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> MOTONIVELADORA CAT 140K; CHASSI: ; ANO: 2022;  FROTA:  328009 HORIM.:  Hr: 18066,5 OBS:  Motor do giro da lâmina não está operante. (Engrenagem quebrada).  Motor faltando a mangueira da admissão da turbina, está sem o cardan da bomba hidráulico e sem o acoplamento do cardán. Maquina está dando part</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>350.000,00</t>
+          <t>300.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> PÁ CARREGADEIRA CAT 924K; CHASSI: CAT0924KEKW402527; ANO: 2020; FROTA:  232007 HORIM.:   Hr: 15216 OBS:  Equipamento em geral com avarias. paralamas dianteiros quebrados, avarias na moldura traseira. Pneus ruins.(04). Cabine com algumas avarias em geral e será retirados os agregados da empresa inst</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> PÁ CARREGADEIRA CAT 924K; CHASSI: CAT0924KHKW402557; ANO: 2020;  FROTA:  332007 HORIM.:  Hr: 15013,8 OBS:  O equipamento possui avarias, desgaste por uso. Paralamas com algumas avarias. O interior da cabine com algumas avarias em geral. O equipamento será vendido sem os agregados da empresa. Vidro </t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> PÁ CARREGADEIRA CAT 924K; CHASSI: CAT0924kkW402548; ANO: 2020;  FROTA:  332008 HORIM.:  Hr: 15402 OBS:  Avarias nas carenagens de fibra. Paralamas quebrados. Cabine do equipamento em geral com avarias. Pneus Ruins.(4)</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>9</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>180.000,00</t>
+          <t>220.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> PÁ CARREGADEIRA CAT 924K; CHASSI: CAT0924KW402555; ANO: 2020;  FROTA:  332009 HORIM.:  Hr: 14627,8 OBS:  O equipamento em geral comdesgaste de uso, alguns amassados e avarias. Concha do equipamento com avarias e desgastes de uso. Interior do equipamento com algumas avarias em geral. Pneus Ruins.(4</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>18</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>180.000,00</t>
+          <t>270.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>ADUBADOR UNIPORT 3030 NPK, Ano: 2018, Frota: 249003, HORIM.: 15028,4.  Com avarias em geral, vendido no estado, sem os agregados. Com módulo eletrônico avariado. Quadro central com corrosão e cilindros hidr.c/ vazamento. Cabine com avarias.; Não foi testado e parou com problemas.</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>130.000,00</t>
+          <t>100.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 