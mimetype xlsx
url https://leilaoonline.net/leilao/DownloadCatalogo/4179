--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -281,243 +281,243 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>PEÇAS CASE APROX. 246 ITENS DIVERSOS: CONJUNTO DE FREIOS DE BANHO ÓLEO 446832a1 CASE, VÀLVULAS HIDRÁULICAS PICADOR CASE 443005a1 E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. SERTÃOZINHO/SP</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>PEÇAS JOHN DEERE APROX.73 ITENS DIVERSOS: RETENTOR JOHN DEERE cb11471846, SENSOR JOHN DEERE cb11471846 E OUTROS. - VEJA DESCRITIVO DE ITENS - LOC. SERTÃOZINHO/SP</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>PEÇAS VOLVO APROX.255 ITENS DIVERSOS: SENSOR DA VALVULA LIMITADORA 11705881 VOLVO, TAMPA VOLVO 1502292 E OUTROS. - VEJA DESCRITIVO DE ITENS. - LOC. SERTÃOZINHO/SP </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>PEÇAS SCANIA APROX. 51 ITENS DIVERSOS: SENSOR DE COMBUSTIVEL SCANIA 1790948, TIRANTE SCANI 1777207 E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. SERTÃOZINHO/SP </t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>PEÇAS MERCEDES APROX. 162 ITENS DIVERSOS: CILICNDRO COMANDO CÂMBIO MERCEDES, SUPORTE MERCEDES E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. SERTÃOZINHO/SP  </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>PEÇAS INDUSTRIAIS APROX. 169 ITENS DIVERSOS: CONJUNTO ISOLADOR VIBRAÇÃO MAUSA, MANGUEIRA MAUSA 515257 E OUTROS - VEJA DESCRITIVO DE ITENS- LOC. SERTÃOZINHO/SP </t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>PEÇAS AUTOMOTIVO APROX. 27 ITENS DIVERSOS: SUPORTE EIXO DE DIREÇÃO HONDA 53400HR3A20; SAPATA FREIO FIAT 70875220 E OUTROS- VEJA DESCRITIVO DE ITENS - LOC. SERTÃOZINHO/SP</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>