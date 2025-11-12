--- v0 (2025-10-19)
+++ v1 (2025-11-12)
@@ -281,403 +281,403 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>33647</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 2 CONJUNTOS DE CARRETAS COMPLETO C/ PNEUS (MAIS INFORMAÇÕES NAS ESPECIFICAÇÕES)</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>22</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>140.000,00</t>
+          <t>192.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>33648</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>COLHEDORA CANA, ESTEIRA; MARCA: CASE; MOD: A8800; ANO 2014 - NÃO FUNCIONA</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>33649</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! I/VW AMAROK CS 4X4 S; 2017/2018; BRANCA; DIESEL - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>30.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>33650</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! GM/C20 CUSTOM S; 1992/1992; VERMELHA; GASOL./GNV - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>36.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>33655</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>PLANTADEIRA ADUBADEIRA GRÃOS TATU ULTRA FLEX 17/17; ANO 2010/2010</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>33658</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>TRATOR 265 MASSEY FERGUSON; ANO 1986</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>26.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>33659</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 2 DISCOS CORTE DE BASE DA COLHEDORA DE CANA JOHN DEERE</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>33664</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>FIAT/DOBLO RONTAN AMB2; 2010/2011; BRANCA; ALCO./GASOL. - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>33665</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO VOLKSWAGEN; ANO 1985 - MOTOR FUNCIONANDO - SEM DIREITO A DOCUMENTAÇÃO</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>33666</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>TRATOR CASE 235 AGRÍCOLA PNEU</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>33667</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>TRATOR CASE 180 AGRÍCOLA PNEU</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>33668</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>PILOTO TRIMBLE HIDRÁULICA; MONITOR TMX2050; ANTENA AG25; NAV CONTROLLER TM 200; ANO 2016 - PARA SINAL RTX CENTÍMETRO ANO 2016</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>