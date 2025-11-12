--- v0 (2025-10-19)
+++ v1 (2025-11-12)
@@ -281,1651 +281,1651 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> APROX. 48 PÇS. - TRANSFORMADOR TRAFO MONOFÁSICO 47VA E 380/440 S 16,5/10V - INDUSUL</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> APROX. 30 PÇS. TRANSFORMADOR MONOFÁSICO .57VA E 220 S 19V - INDUSUL</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> 06 PÇS - TRANSFORMADOR MONOFÁSICO 112VA E380-440V S 220/19v INDUSUL</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> 07 PÇS. - DISJUNTOR DE CIRCUITO 65 A THERMOKING MOD. R1212 -SENSATA</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> APROX. 41 PÇS. DISJUNTOR DE CIRCUITO 40 A THERMOKING MOD. R1214 - SENSATA</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> APROX. 99 PÇS. - DISJUNTOR DE CIRCUITO 10A MOD. 1084A31G60 - SENSATA</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> APROX. 85 PÇS. - DISJUNTOR DE CIRCUITO 15 A COD. TK 1084A31G61 - SENSATA</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> APROX. 47 PÇS. - SIRENE 12V SCHMERSAL SCHINDLER MOD.51927811</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> APROX. 320 PÇS. - REATOR ELETRÔNICO - 1 x 32W 127/220V - PHILIPS</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> APROX. 80 PÇS. - CIGARRA ELETRÔNICA PIEZOELÉTRICA MOD. U131 - UETA</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> APROX. 31 PÇS. - CIGARRA ELETRÔNICA PIEZOELÉTRICA MOD. U130 - UETA</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> APROX. 58 PÇS. - Lanterna traseira c/ parafuso passante 1207S24V vermelha - MOD. 1207S24V - SINALSUL</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> 18 PÇS - LANTERNA TRASEIRA AMARELA C FIXAÇÃO FRONTAL SINALSUL 1207S12V</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> 32 PÇS. - LANTERNA TRASEIRA AMARELA C FIXAÇÃO FRONTAL SINALSUL 1207S24V</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> 24 PÇS. - LANTERNA TRASEIRA BRANCA C FIXAÇÃO FRONTAL SINALSUL 1207S12 CR</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> 22 PÇS. - LANTERNA TRASEIRA BRANCA C FIXAÇÃO FRONTAL SINALSUL 1207S24V CR</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> APROX. 140 PÇS. - Lanterna lateral Randon LED BRANCA SINALSUL 1145ACR12V S CABO</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> APROX. 58 PÇS. - LANTERNA DE LED VERMELHA SINALSUL 2011.24.201 VM</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> APROX. 285 PÇS. - LANTERNA LED BRANCA SINALSUL 1145ACR24V</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> APROX. 115 PÇS. - LANTERNA LED BRANCA SINALSUL 1145ACR12V C CABO</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> APROX. 79 PÇS. - LANTERNA LED AMARELA SINALSUL 1145ACR24V AM</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>130,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> APROX. 123 PÇS. - LANTERNA LED AMARELA SINALSUL 1145ACR12V AM</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> APROX. 513 PÇS. - LANTERNA LED VERMELHA SINALSUL 1145ACR24V VM</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> APROX. 630 PÇS. - LANTERNA LED VERMELHA SINALSUL 1145ACR12V VM</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> 12 PÇS. - TERMOMETRO DIGITAL THERMO KING - MOD. 9117C14G01</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> APROX. 37 PÇS. - INDICADOR PRESSÃO GAUGE FLPG-62/2 RE</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>58,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> APROX. 93 PÇS. - BUCHA DE REDUÇÃO COM ROSCA EM ALUMÍNIO 1 1/2 x 3/4</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> APROX. 90 PÇS. - BUCHA DE REDUÇÃO COM ROSCA EM ALUMÍNIO 1 1/2 x 1</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> APROX. 108 PÇS. - BUCHA DE REDUÇÃO COM ROSCA EM ALUMÍNIO 2 x 1 1/4</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t> APROX. 54 PÇS. - BUCHA DE REDUÇÃO COM ROSCA EM ALUMÍNIO 2 x 1 1/2</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t> APROX. 221 PÇS. - BOTÃO DE EMERGENCIA 2 POLOS 2 NF- - EATON -MOD. E22EDB2N8E</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t> APROX. 324 PÇS. - BOTÃO DE IMPULSÃO VERDE STECK - MOD. S-MRN2</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t> APROX. 29 PÇS. - BOTÃO DE IMPULSÃO DE EMERGÊNCIA STECK MOD. S-MFN1M4</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> APROX. 111 PÇS. - BOTÃO DE RETENÇÃO VERMELHO C SETAS STECK MOD. S-MFN1R3</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> APROX. 32 PÇS. - BOTÃO DE RETENÇÃO VERMELHO COM SETAS STECK MOD. S-PFN1R4</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> APROX. 90 PÇS. - BOTÃO DE IMPULSÃO PRETO STECK - MOD. S-MRN8</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t> 16 PÇS. - BOTÃO DE COMANDO STOP- MOLLER MOD. NEA462566 M22-CK01D</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t> APROX. 32 PÇS. - BOTÃO DE EMERGÊNCIA COM DESTRAVAMENTO GIRATÓRIO SIEMENS MOD. 3SB61 30-1HB20-1 CAO</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> 15 PÇS. - POTENCIÔMETRO THERMO KING 44-7477</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t> 10.000 PÇS. - TERMINAL TYCO 282378-1</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> 8.000 PÇS. - TERMINAL RECEPTÁCULO STANDART TIMER FCF 16HXPWP FCI</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t> 44.000 PÇS. - TERMINAL MINI FIT PARA CABOS DE 18 MFTM 1822</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t> 40.000 PÇS. - TERMINAL TYCO 0-0965906-1</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t> 11.000 PÇS. - TERMINAL DELPHI 2965142-6 FÊMEA Automotivo</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t> 3.000 PÇS. - TERMINAL TYCO COM PRESSÃO 880645-6 Sn - DELPHI</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
           <t> 5.000 PÇS. - TERMINAL DELPHI 12034046 SN</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
           <t> 4.500 PÇS. - TERMINAL MATE-N-LOK MACHO AMP 880685-2</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
           <t> 30.000 PÇS. - TERMINAL JST -SZH-002T-P0.5</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
           <t> 15.000 PÇS. - TERMINAL FÊMEA COD. PCT2 P/ CONECTOR</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
           <t> 7.000 PÇS. - TERMINAL ECONOSEAL 20-16AWG 070 MARK II - AMP 173706-1</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
           <t> 8.000 PÇS. - TERMINAL FÊMEA Para Conector KK 3,96mm Metaltex PCT3</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>