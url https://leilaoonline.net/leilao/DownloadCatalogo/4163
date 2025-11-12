--- v0 (2025-10-03)
+++ v1 (2025-11-12)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F98"/>
+  <dimension ref="A1:F88"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -281,2848 +281,2528 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>699</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>[VENDA POR KILO] APROX. 5 TON. - TARUGOS, DISCOS ( BUCHAS) E FERRO QUADRADO - MEDIDOAS E BITOLAS DIVERSAS</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>702</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
-          <t>torno automático monofuso a cames, especificamente um modelo INDEX 25 da marca REX-WERKE.</t>
+          <t>torno automático, especificamente um modelo INDEX OG 12. </t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>11.500,00</t>
+          <t>15.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>701</t>
+          <t>703</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
-          <t>torno automático monofuso a cames, especificamente um modelo INDEX 25 da marca REX-WERKE.</t>
+          <t>MÁQUINA DE CORTE PLASMA HIPERTHERM MOD.POWERMAX 125 - COMPLETA (TRIFÁSICA AUTOMÁTICA) CORTA FERRO, INOX E ALUMINIO ATÉ 44MM</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>15.500,00</t>
+          <t>32.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>702</t>
+          <t>704</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t>torno automático, especificamente um modelo INDEX OG 12. </t>
+          <t>GERADOR/ALTERNADOR WEG 150KVA  - (POUCO USO) NO ESTADO</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>15.500,00</t>
+          <t>33.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>703</t>
+          <t>800</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t>MÁQUINA DE CORTE PLASMA HIPERTHERM MOD.POWERMAX 125 - COMPLETA (TRIFÁSICA AUTOMÁTICA) CORTA FERRO, INOX E ALUMINIO ATÉ 44MM</t>
+          <t> Furadeira Industrial de Produção ( 4 Brocas ) - NO ESTADO</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>32.000,00</t>
+          <t>6.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>704</t>
+          <t>801</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t>GERADOR/ALTERNADOR WEG 150KVA  - (POUCO USO) NO ESTADO</t>
+          <t> Rosqueadeira para porcas,flanges e outras peças/Fabricante: Snow Manufacturing Co - NO ESTADO</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>33.500,00</t>
+          <t>8.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>803</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t> Furadeira Industrial de Produção ( 4 Brocas ) - NO ESTADO</t>
+          <t> Rosqueadeira para porcas, flanges e outras peças - NO ESTADO</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>6.500,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>801</t>
+          <t>805</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t> Rosqueadeira para porcas,flanges e outras peças/Fabricante: Snow Manufacturing Co - NO ESTADO</t>
+          <t> KIT DE FORÇA TORQUE KFT 1000</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>8.500,00</t>
+          <t>3.800,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>802</t>
+          <t>806</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t> PANTOGRAFO MARCA STUDER - NO ESTADO</t>
+          <t> Fotômetro de Chama Modelo FC 180 Marca Celm 110/220v Semi novo ( NO ESTADO)</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>8.500,00</t>
+          <t>2.800,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>803</t>
+          <t>816</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t> Rosqueadeira para porcas, flanges e outras peças - NO ESTADO</t>
+          <t> ESTUFA DE SECAGEM QUIMIS - SEMI NOVA - SEM GARANTIA</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.400,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>804</t>
+          <t>817</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t> Torno Revolver Polimac - NO ESTADO</t>
+          <t> 10 UN. VALVULAS SELENOIDE - SEM USO - SEM GARANTIA</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>9.500,00</t>
+          <t>2.400,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>805</t>
+          <t>902</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t> KIT DE FORÇA TORQUE KFT 1000</t>
+          <t> Climatizador de Ar Evaporativo Industrial e Comercial Modelo: TB-20S, M250 ou SA20, SA250, climatiza áreas de 100m até 250m²</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>3.800,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>806</t>
+          <t>903</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t> Fotômetro de Chama Modelo FC 180 Marca Celm 110/220v Semi novo ( NO ESTADO)</t>
+          <t> Climatizador de Ar Evaporativo Industrial e Comercial Modelo: TB-20S, M250 ou SA20, SA250, climatiza áreas de 100m até 250m²</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>2.800,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>807</t>
+          <t>904</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t> Bomba a Vácuo - NO ESTADO</t>
+          <t> Transformador de corrente SEED'EL 600 amperes (Novo) - sem garantia</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>2.400,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>811</t>
+          <t>905</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t> TORNO AUTOMATICO IMOR</t>
+          <t> Transformador de corrente SEED'EL 600 amperes (Novo) - sem garantia</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>16.500,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>812</t>
+          <t>906</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t> RETIFICA</t>
+          <t> Transformador de corrente SEED'EL 600 amperes (Novo) - sem garantia</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>3.800,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>816</t>
+          <t>907</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t> ESTUFA DE SECAGEM QUIMIS - SEMI NOVA - SEM GARANTIA</t>
+          <t> Transformador de corrente SEED'EL 20 amperes (Novo) - sem garantia</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>2.400,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>817</t>
+          <t>908</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t> 10 UN. VALVULAS SELENOIDE - SEM USO - SEM GARANTIA</t>
+          <t> Transformador de corrente SEED'EL 20 amperes (Novo) - sem garantia</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>2.400,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>902</t>
+          <t>909</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t> Climatizador de Ar Evaporativo Industrial e Comercial Modelo: TB-20S, M250 ou SA20, SA250, climatiza áreas de 100m até 250m²</t>
+          <t> Transformador de corrente SEED'EL 20 amperes (Novo) - sem garantia</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>903</t>
+          <t>910</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t> Climatizador de Ar Evaporativo Industrial e Comercial Modelo: TB-20S, M250 ou SA20, SA250, climatiza áreas de 100m até 250m²</t>
+          <t> Transformador de corrente SEED'EL 20 amperes (Novo) - sem garantia</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>904</t>
+          <t>911</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t> Transformador de corrente SEED'EL 600 amperes (Novo) - sem garantia</t>
+          <t> Transformador de corrente SEED'EL 20 amperes (Novo) - sem garantia</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>650,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>905</t>
+          <t>914</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t> Transformador de corrente SEED'EL 600 amperes (Novo) - sem garantia</t>
+          <t> Aprox. 200 peças - Chumbador Parabolt CB 1/4 X 2 polegadasGalvanizado (novas) - sem garantia</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>906</t>
+          <t>915</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t> Transformador de corrente SEED'EL 600 amperes (Novo) - sem garantia</t>
+          <t> Aprox. 200 peças - Chumbador Parabolt CB 1/4 X 2 polegadasGalvanizado (novas) - sem garantia</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>907</t>
+          <t>916</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t> Transformador de corrente SEED'EL 20 amperes (Novo) - sem garantia</t>
+          <t> Aprox. 200 peças - Chumbador Parabolt CB 1/4 X 2 polegadasGalvanizado (novas) - sem garantia</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>908</t>
+          <t>919</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t> Transformador de corrente SEED'EL 20 amperes (Novo) - sem garantia</t>
+          <t> Capacitor trifasico para correção do fator de potência ( Novo )Marca ABBModelo CLMD 33S</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>750,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>909</t>
+          <t>920</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t> Transformador de corrente SEED'EL 20 amperes (Novo) - sem garantia</t>
+          <t> Capacitor trifasico para correção do fator de potência ( Novo )Marca ABBModelo CLMD 33S</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>910</t>
+          <t>921</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t> Transformador de corrente SEED'EL 20 amperes (Novo) - sem garantia</t>
+          <t> Capacitor trifasico para correção do fator de potência ( Novo )Marca ABBModelo CLMD 33S</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>750,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>911</t>
+          <t>924</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t> Transformador de corrente SEED'EL 20 amperes (Novo) - sem garantia</t>
+          <t> 30 unidades Tachao refletivo bidirecional Novo - Acompanha cola 25 X 15 X 5</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>914</t>
+          <t>925</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 200 peças - Chumbador Parabolt CB 1/4 X 2 polegadasGalvanizado (novas) - sem garantia</t>
+          <t> 8 Protetores de Surto WEG (Novos) Modelo : SPW275-45</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>915</t>
+          <t>927</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 200 peças - Chumbador Parabolt CB 1/4 X 2 polegadasGalvanizado (novas) - sem garantia</t>
+          <t> Lavadora de peças/cilindro em inox 220/380v Comprimento 1500mm x Largura 500mm</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>1.800,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>916</t>
+          <t>931</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 200 peças - Chumbador Parabolt CB 1/4 X 2 polegadasGalvanizado (novas) - sem garantia</t>
+          <t>5 Centrais de Alarme  de Incêndio Maury 2 Acionadores de Incêndio MQV/B 4 Acionadores de Incêndio MQV/P 3 Cigarras externas 13 Detectores de Fumaça  1 Abrigo para Mangueira, Duplo de sobrepor Padrão.  90 X 120 X 17</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>1.250,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>919</t>
+          <t>944</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t> Capacitor trifasico para correção do fator de potência ( Novo )Marca ABBModelo CLMD 33S</t>
+          <t> Aprox. 25 Terminais p/ barramento concêntrico união sem Suporte 3/8 NOVOS</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>920</t>
+          <t>945</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t> Capacitor trifasico para correção do fator de potência ( Novo )Marca ABBModelo CLMD 33S</t>
+          <t> Aprox. 25 Terminais p/ barramento concêntrico união sem Suporte 3/8 NOVOS</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>750,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>921</t>
+          <t>946</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t> Capacitor trifasico para correção do fator de potência ( Novo )Marca ABBModelo CLMD 33S</t>
+          <t> Aprox. 20 Terminais p/ barramento concêntrico Derivação : T 3/8" NOVOS</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>750,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>924</t>
+          <t>947</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t> 30 unidades Tachao refletivo bidirecional Novo - Acompanha cola 25 X 15 X 5</t>
+          <t> Aprox. 20 Terminais p/ barramento concêntrico Derivação : T 3/8" NOVOS</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>925</t>
+          <t>948</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t> 8 Protetores de Surto WEG (Novos) Modelo : SPW275-45</t>
+          <t> Aprox. 20 Terminais p/ barramento concêntrico Derivação : T 3/8" NOVOS</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>927</t>
+          <t>949</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t> Lavadora de peças/cilindro em inox 220/380v Comprimento 1500mm x Largura 500mm</t>
+          <t> Aprox. 20 Terminais p/ barramento concêntrico Derivação : T 3/8" NOVOS</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>1.800,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>928</t>
+          <t>950</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t> Moinho para tecidos Está funcionando mas precisa de revisão - sem garantia</t>
+          <t> Aprox. 20 Terminais p/ barramento concêntrico Derivação : T 3/8" NOVOS</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>2.600,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>931</t>
+          <t>951</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t>5 Centrais de Alarme  de Incêndio Maury 2 Acionadores de Incêndio MQV/B 4 Acionadores de Incêndio MQV/P 3 Cigarras externas 13 Detectores de Fumaça  1 Abrigo para Mangueira, Duplo de sobrepor Padrão.  90 X 120 X 17</t>
+          <t> Aprox. 25 Terminais para barramento concêntrico central reto 3/8" NOVOS</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>1.250,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>944</t>
+          <t>952</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 25 Terminais p/ barramento concêntrico união sem Suporte 3/8 NOVOS</t>
+          <t> Aprox. 25 Terminais para barramento concêntrico central reto 3/8" NOVOS</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>945</t>
+          <t>953</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 25 Terminais p/ barramento concêntrico união sem Suporte 3/8 NOVOS</t>
+          <t> Aprox. 25 Terminais para barramento concêntrico central reto 3/8" NOVOS</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>946</t>
+          <t>954</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 20 Terminais p/ barramento concêntrico Derivação : T 3/8" NOVOS</t>
+          <t> Aprox. 25 Terminais para barramento concêntrico central reto 3/8" NOVOS</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>947</t>
+          <t>955</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 20 Terminais p/ barramento concêntrico Derivação : T 3/8" NOVOS</t>
+          <t> Aprox. 50 Conectores Split Bolt parafuso fendido Bimetalico 35mm</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>948</t>
+          <t>956</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 20 Terminais p/ barramento concêntrico Derivação : T 3/8" NOVOS</t>
+          <t> Aprox. 50 Conectores Split Bolt Parafuso Fendido Bimetalico 25mm</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>949</t>
+          <t>957</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 20 Terminais p/ barramento concêntrico Derivação : T 3/8" NOVOS</t>
+          <t> Aprox. 50 Conectores Split Bolt Parafuso Fendido Bimetalico 25mm</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>950</t>
+          <t>958</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 20 Terminais p/ barramento concêntrico Derivação : T 3/8" NOVOS</t>
+          <t> Aprox. 50 Conectores Split Bolt Parafuso Fendido Bimetalico 25mm</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>951</t>
+          <t>959</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 25 Terminais para barramento concêntrico central reto 3/8" NOVOS</t>
+          <t> Aprox. 50 Conectores Split Bolt Parafuso Fendido Bimetalico 25mm</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>952</t>
+          <t>960</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 25 Terminais para barramento concêntrico central reto 3/8" NOVOS</t>
+          <t> Aprox. 50 Conectores Split Bolt Parafuso Fendido Bimetalico 25mm</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>953</t>
+          <t>961</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 25 Terminais para barramento concêntrico central reto 3/8" NOVOS</t>
+          <t> Aprox. 20 Terminais Olhal de Compressão 150mm NOVOS</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>954</t>
+          <t>962</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 25 Terminais para barramento concêntrico central reto 3/8" NOVOS</t>
+          <t> Aprox. 20 Terminais Olhal de Compressão 150mm NOVOS</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>955</t>
+          <t>963</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 50 Conectores Split Bolt parafuso fendido Bimetalico 35mm</t>
+          <t> Aprox. 20 Terminais Olhal de Compressão 150mm NOVOS</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>956</t>
+          <t>964</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 50 Conectores Split Bolt Parafuso Fendido Bimetalico 25mm</t>
+          <t> Aprox. 15 Terminais Olhal de Compressão 185mm NOVOS</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>957</t>
+          <t>965</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 50 Conectores Split Bolt Parafuso Fendido Bimetalico 25mm</t>
+          <t> Aprox. 15 Terminais Olhal de Compressão 185mm NOVOS</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>958</t>
+          <t>966</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 50 Conectores Split Bolt Parafuso Fendido Bimetalico 25mm</t>
+          <t> Aprox. 10 Terminais Olhal de Compressão 240mm NOVOS</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>959</t>
+          <t>967</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 50 Conectores Split Bolt Parafuso Fendido Bimetalico 25mm</t>
+          <t> Aprox. 10 Terminais Olhal de Compressão 240mm NOVOS</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>960</t>
+          <t>968</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 50 Conectores Split Bolt Parafuso Fendido Bimetalico 25mm</t>
+          <t> Aprox. 10 Terminais Olhal de Compressão 240mm NOVOS</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>961</t>
+          <t>969</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 20 Terminais Olhal de Compressão 150mm NOVOS</t>
+          <t> Aprox. 10 Terminais Olhal de Compressão 240mm NOVOS</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>962</t>
+          <t>970</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 20 Terminais Olhal de Compressão 150mm NOVOS</t>
+          <t> Aprox. 10 Terminais Olhal de Compressão 240mm NOVOS</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>963</t>
+          <t>971</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 20 Terminais Olhal de Compressão 150mm NOVOS</t>
+          <t> Aprox. 10 Terminais Olhal de Compressão 240mm NOVOS</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>964</t>
+          <t>972</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 15 Terminais Olhal de Compressão 185mm NOVOS</t>
+          <t> Aprox. 10 Terminais Olhal de Compressão 300mm NOVOS</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>965</t>
+          <t>973</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 15 Terminais Olhal de Compressão 185mm NOVOS</t>
+          <t> Aprox. 10 Terminais Olhal de Compressão 300mm NOVOS</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>966</t>
+          <t>974</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 10 Terminais Olhal de Compressão 240mm NOVOS</t>
+          <t> Aprox.50 Terminais Sapata Aperto de Pressão Cabos 35mm NOVOS</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>967</t>
+          <t>975</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 10 Terminais Olhal de Compressão 240mm NOVOS</t>
+          <t> Aprox.50 Terminais Sapata Aperto de Pressão Cabos 35mm NOVOS</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>968</t>
+          <t>976</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 10 Terminais Olhal de Compressão 240mm NOVOS</t>
+          <t> Aprox.50 Terminais Sapata Aperto de Pressão Cabos 35mm NOVOS</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>969</t>
+          <t>977</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 10 Terminais Olhal de Compressão 240mm NOVOS</t>
+          <t> Aprox.50 Terminais Sapata Aperto de Pressão Cabos 35mm NOVOS</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>970</t>
+          <t>984</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 10 Terminais Olhal de Compressão 240mm NOVOS</t>
+          <t>1 bomba d'água Thebe Motor 15cv Rpm 3550 Ano 2024</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>3.800,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>971</t>
+          <t>985</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 10 Terminais Olhal de Compressão 240mm NOVOS</t>
+          <t>1 bomba d'água Thebe Motor 15cv Rpm 3550 Ano 2024</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>3.800,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>972</t>
+          <t>986</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 10 Terminais Olhal de Compressão 300mm NOVOS</t>
+          <t>APROX. 600 UN. BARRA ROSCADA ( 250 peças de 3 m, 300 peças de 1,20m E 50 peça de 1,80m)</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>973</t>
+          <t>987</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t> Aprox. 10 Terminais Olhal de Compressão 300mm NOVOS</t>
+          <t>APROX. 420 UN. Eletroduto Galvanizado 3 metros de comprimento / Medidas variadas de 3/4 a 4 polegadas</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>5.200,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>974</t>
+          <t>1010</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t> Aprox.50 Terminais Sapata Aperto de Pressão Cabos 35mm NOVOS</t>
+          <t> MAQUINA PARA REVISAR E MEDIR TECIDO – LARGURA 1.800MM</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>975</t>
+          <t>1032</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t> Aprox.50 Terminais Sapata Aperto de Pressão Cabos 35mm NOVOS</t>
+          <t> 05 MOTORES DC 24V COM CAIXA DE REDUÇÃO (SEM USO)</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>976</t>
+          <t>1033</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t> Aprox.50 Terminais Sapata Aperto de Pressão Cabos 35mm NOVOS</t>
+          <t> 05 MOTORES DC 24V COM CAIXA DE REDUÇÃO (SEM USO)</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>977</t>
+          <t>1034</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
-          <t> Aprox.50 Terminais Sapata Aperto de Pressão Cabos 35mm NOVOS</t>
+          <t> 05 MOTORES DC 24V COM CAIXA DE REDUÇÃO (SEM USO)</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>984</t>
+          <t>1044</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
-          <t>1 bomba d'água Thebe Motor 15cv Rpm 3550 Ano 2024</t>
+          <t>SERVO MOTOR - SEM USO</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
-          <t>3.800,00</t>
+          <t>110,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>985</t>
+          <t>1046</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
-          <t>1 bomba d'água Thebe Motor 15cv Rpm 3550 Ano 2024</t>
+          <t>PAINEL DE AUTOMAÇÃO INDUSTRIAL EM INOX  340  - 750 X 500 X 200</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
-          <t>3.800,00</t>
+          <t>1.050,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>986</t>
+          <t>1047</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
-          <t>APROX. 600 UN. BARRA ROSCADA ( 250 peças de 3 m, 300 peças de 1,20m E 50 peça de 1,80m)</t>
+          <t>PAINEL DE AUTOMAÇÃO INDUSTRIAL EM INOX  340  - 750 X 500 X 200</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>1.050,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>987</t>
+          <t>1048</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
-          <t>APROX. 420 UN. Eletroduto Galvanizado 3 metros de comprimento / Medidas variadas de 3/4 a 4 polegadas</t>
+          <t>PAINEL DE AUTOMAÇÃO INDUSTRIAL EM INOX  340  - 750 X 500 X 200</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
-          <t>5.200,00</t>
+          <t>1.050,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>989</t>
+          <t>1049</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
-          <t> 3 un. painéis de obra</t>
+          <t>PAINEL DE AUTOMAÇÃO INDUSTRIAL EM INOX  340  - 750 X 500 X 200</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
-          <t>110,00</t>
+          <t>1.050,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
-        <is>
-[...318 lines deleted...]
-      <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>