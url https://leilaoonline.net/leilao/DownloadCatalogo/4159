--- v0 (2025-10-03)
+++ v1 (2025-11-12)
@@ -142,100 +142,100 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F41"/>
+  <dimension ref="A1:F51"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>BRAÇO GIRATÓRIO, EMPILHADEIRA, TELAS E GAVETEIROS</t>
+          <t>EMPILHADEIRA, BRAÇOS GIRATÓRIOS, TELAS E GAVETEIROS</t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>20/10/2025 15:00</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
@@ -281,1026 +281,1346 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1000</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> 10 UN. TELA DE FECHAMENTO 25 MTS/CADA</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>1.200,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>1001</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> 10 UN. TELA DE FECHAMENTO 25 MTS/CADA</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>1.200,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>1002</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> 10 UN. TELA DE FECHAMENTO 25 MTS/CADA</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>1.200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>1003</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> 10 UN. TELA DE FECHAMENTO 25 MTS/CADA</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>1.200,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>1004</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> 10 UN. TELA DE FECHAMENTO 25 MTS/CADA</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>1.200,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>1005</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> [ LANCES POR KG ] APROX. 20 TON. - TUBOS E METALON VÁRIAS MEDIDAS</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>2,00</t>
+          <t>46.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>1006</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>[ VÌDEO ] BRAÇO GIRATÓRIO PARA TALHA ALTURA 3,36 MTS (BRAÇO 4,07 MTS SÓ ESTRURURA) E 04 PÉ DIRETO DE 150 X150 MM E 3 METROS ALT.</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>5.800,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>1007</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] EMPILHADEIRA ELÉTRICA CAPAC. 1 TON.( REVISADA) - NO ESTADO</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>4.800,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>1008</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>1009</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>1010</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>1011</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>1012</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>1013</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>1014</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>1015</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>1016</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>1017</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>1018</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>1019</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>1020</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>1021</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>1022</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>1023</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] 05 UN. CESTO PARA ARMAZENAR CARVÃO E OUTROS - 1.800X1.200X1.000 MM</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>1.200,00</t>
+          <t>1.100,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>1024</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ]  05 UN. CESTO PARA ARMAZENAR CARVÃO E OUTROS - 1.800X1.200X1.000 MM</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>1.200,00</t>
+          <t>1.100,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>1025</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] 05 UN. CESTO PARA ARMAZENAR CARVÃO E OUTROS - 1.800X1.200X1.000 MM</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>1.200,00</t>
+          <t>1.100,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>1026</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ]  05 UN. CESTO PARA ARMAZENAR CARVÃO E OUTROS - 1.800X1.200X1.000 MM</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>1.200,00</t>
+          <t>1.100,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>1027</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ]  05 UN. CESTO PARA ARMAZENAR CARVÃO E OUTROS - 1.800X1.200X1.000 MM</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>1.200,00</t>
+          <t>1.100,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>1028</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEO ] EMPILHADEIRA HYSTER MOD. H80J CAPAC. 4 TON.(MOTOR GLP 4CC OPALA - FUNCINANDO (NO ESTADO)</t>
+          <t>[ VÍDEO ] EMPILHADEIRA HYSTER MOD. H80J CAPAC. 4 TON.(MOTOR GLP 4CC OPALA - FUNCIONANDO (NO ESTADO)</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>47.500,00</t>
+          <t>39.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>1029</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t> 20 UN. CARRINHOS PARA MANUSEAR PEÇAS</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>4.800,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>1030</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t>LOTE DE 04 FILTROS E FRANGES</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>1.600,00</t>
+          <t>1.450,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="inlineStr">
+        <is>
+          <t>1031</t>
+        </is>
+      </c>
+      <c r="B42" s="4" t="inlineStr">
+        <is>
+          <t>[ LANCES POR KG ] APROX. 3.900 KG .TUBOS  - QUADRADO</t>
+        </is>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="inlineStr">
+        <is>
+          <t>1032</t>
+        </is>
+      </c>
+      <c r="B43" s="4" t="inlineStr">
+        <is>
+          <t>PORTA PALLET - ( 10 MONTANTES 4.80 X 1000 - 36 LONGARINAS 2,30 X 1200) 22 MTS LINEAR OU 2 RUAS DE 10 MTS.</t>
+        </is>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="inlineStr">
+        <is>
+          <t>1033</t>
+        </is>
+      </c>
+      <c r="B44" s="4" t="inlineStr">
+        <is>
+          <t>PORTA PALLET - ( 10 MONTANTES 4.80 X 1000 - 36 LONGARINAS 2,30 X 1200) 22 MTS LINEAR OU 2 RUAS DE 10 MTS.</t>
+        </is>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="inlineStr">
+        <is>
+          <t>1034</t>
+        </is>
+      </c>
+      <c r="B45" s="4" t="inlineStr">
+        <is>
+          <t>PORTA PALLET - ( 10 MONTANTES 4.80 X 1000 - 36 LONGARINAS 2,30 X 1200) 22 MTS LINEAR OU 2 RUAS DE 10 MTS.</t>
+        </is>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="inlineStr">
+        <is>
+          <t>1035</t>
+        </is>
+      </c>
+      <c r="B46" s="4" t="inlineStr">
+        <is>
+          <t>[ LANCES POR KG ]  APROX. 2 TON. - CABO DE AÇO 5/8</t>
+        </is>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="inlineStr">
+        <is>
+          <t>1036</t>
+        </is>
+      </c>
+      <c r="B47" s="4" t="inlineStr">
+        <is>
+          <t>50 UN. ESTANTES  DE AÇO  (REFORÇADO) COM 6 PRATELEIRAS - MEDIDAS 2,00 X 0,90 X 0,30 MTS.</t>
+        </is>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="inlineStr">
+        <is>
+          <t>1037</t>
+        </is>
+      </c>
+      <c r="B48" s="4" t="inlineStr">
+        <is>
+          <t>50 UN. ESTANTES  DE AÇO  (REFORÇADO) COM 6 PRATELEIRAS - MEDIDAS 2,00 X 0,90 X 0,30 MTS.</t>
+        </is>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="inlineStr">
+        <is>
+          <t>1038</t>
+        </is>
+      </c>
+      <c r="B49" s="4" t="inlineStr">
+        <is>
+          <t>50 UN.ESTANTES  DE AÇO  (REFORÇADO) COM 6 PRATELEIRAS - MEDIDAS 2,00 X 0,90 X 0,30 MTS.</t>
+        </is>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="inlineStr">
+        <is>
+          <t>1039</t>
+        </is>
+      </c>
+      <c r="B50" s="4" t="inlineStr">
+        <is>
+          <t>50 UN. ESTANTES  DE AÇO  (REFORÇADO) COM 6 PRATELEIRAS - MEDIDAS 2,00 X 0,90 X 0,30 MTS.</t>
+        </is>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="inlineStr">
+        <is>
+          <t>1040</t>
+        </is>
+      </c>
+      <c r="B51" s="4" t="inlineStr">
+        <is>
+          <t>60 UN. ESTANTES  DE AÇO  (REFORÇADO) COM 6 PRATELEIRAS - MEDIDAS 2,00 X 0,90 X 0,30 MTS.</t>
+        </is>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>