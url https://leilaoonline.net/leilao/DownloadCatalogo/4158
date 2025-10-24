--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -276,83 +276,83 @@
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
-          <t> AUTOCLAVE Sem uso -  PARA PNEUS AGRICOLAS</t>
+          <t> AUTOCLAVE Sem uso -  5.5m Comprimento x 2m largura - PARA PNEUS AGRICOLAS</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
-          <t> RESSOLADORA PARA PNEUS AGRICOLAS</t>
+          <t> RESSOLADORA PARA PNEUS AGRICOLAS - Acompanha torno e prensas</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
@@ -382,51 +382,51 @@
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>  JOGO DE RODAS MONTADOS 10 FUROS 480/80-42 - 04 pneus</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> Lote com: 04 PNEUS AGRICOLA CONSERTADO 600/65R-28</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
@@ -1374,51 +1374,51 @@
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> Lote com: CASAL DE PNEUS MONTADO 13.6-38</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> Lote com: 1 JOGO DE RODAS P FILIPAR 8 FUROS 20.8-38 COM 4 RODAS   PRATO</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
@@ -1566,83 +1566,83 @@
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> Lote com: 50 PNEUS DE CAMINHÃO CONSERTADOS 295/80 R22,5</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>2.625,00</t>
+          <t>2.725,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t> Lote com: 50 PNEUS DE CAMINHÃO CONSERTADO 295/80R22,5</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.625,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t> Lote com: 20 PNEUS DE CAMINHÃO CONSERTADOS 12R22,5</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">