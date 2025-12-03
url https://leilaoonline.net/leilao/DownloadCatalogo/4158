--- v1 (2025-10-24)
+++ v2 (2025-12-03)
@@ -281,1848 +281,1848 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> AUTOCLAVE Sem uso -  5.5m Comprimento x 2m largura - PARA PNEUS AGRICOLAS</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> RESSOLADORA PARA PNEUS AGRICOLAS - Acompanha torno e prensas</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> Lote com: 02 PNEUS AGRICOLA MONTADO 24.5-32</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>  JOGO DE RODAS MONTADOS 10 FUROS 480/80-42 - 04 pneus</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> Lote com: 04 PNEUS AGRICOLA CONSERTADO 600/65R-28</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> Lote com: 06 PNEUS AGRICOLA CONSERTADO 12.4-36</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> Lote com: 04 PNEUS AGRICOLA CONSERTADO 18.4-38</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> Lote com: 10 PNEUS AGRICOLA CONSERTADO 600/50-22.5</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> Lote com: 03 PNEUS AGRICOLA CONSERTADO 650/70-46</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>4.050,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> Lote com: 03 PNEUS AGRICOLA CONSERTADO 520/85R-42</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.025,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> Lote com: 04 PNEUS AGRICOLA CONSERTADO 650/65R38</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> Lote com: 02 PNEUS AGRICOLA CONSERTADO 650/60R38 TELLEBORG</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> Lote com: 03 PNEUS AGRICOLA CONSERTADO FLORESTAL 30.5-32</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>4.050,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> Lote com: 04 PNEUS AGRICOLA CONSERTADO 30.5L-32</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> Lote com: 02 PNEUS AGRICOLA CONSERTADO 700/70-34</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> Lote com: 06 PNEUS AGRICOLA CONCERTADO 710/70R-38</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> Lote com: 02 PNEUS AGRICOLA CONSERTADO 710/70R-34</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> Lote com: 06 PNEUS AGRICOLA CONSERTADO 710/70R-42</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>8.100,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> Lote com: 10 CAPAS 710/70R-38</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> Lote com: 20 PNEUS DE CAMINHÃO 1000/20</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>13</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>2.700,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> Lote com: 20 PNEUS DE CAMINHÃO 1100/22</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> Lote com: 04 PNEUS AGRICOLA CONSERTADO 17.5-25</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> Lote com: 04 PNEUS AGRICOLA CONSERTADO 1400/24</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> Lote com: 100 CAPAS 7.00/16 7.50/16</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> RETROESCAVADEIRA 580H</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> Lote com: 10 CAPAS 600/65-28</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> Lote com: 04 PNEUS AGRICOLAS CONSERTADO 380/90R-46</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> Lote com: 04 PNEUS AGRICOLAS CONSERTADO 17.5-25</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> Lote com: 08 PNEUS AGRICOLA CONSERTADO 405/70R20</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t> Lote com: 10 PNEUS AGRICOLA CONSERTADO 500/45 22,5</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>3.750,00</t>
+          <t>6.200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t> Lote com: CASAL DE RODAS ARO 38 PARA TRATORES FORD</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t> Lote com: 03 PNEU MONTADOS 60/50R22,5</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>5.625,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t> Lote com: CASAL DE PNEU MONTADO 600/60R34</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> Lote com: CASAL DE PNEUS MONTADO 12.4-36</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.625,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> Lote com: CASAL DE PNEUS MONTADO 13.6-38</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> Lote com: 1 JOGO DE RODAS P FILIPAR 8 FUROS 20.8-38 COM 4 RODAS   PRATO</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 03 PNEUS CONSERTADOS 365/80R20</t>
+          <t> Lote com: 04 PNEUS CONSERTADOS 365/80R20</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>1.125,00</t>
+          <t>1.575,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t> Lote com: 10 PNEUS AGRICOLA CONSERTADOS 400/60.15,5</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> Lote com: 04 PNEUS AGRICOLA CONSERTADOS 850/60-38</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t> Lote com: CASAL MONTADO 12.4-38 RODAGEM FINA, LINHA VALMET, FORD E OUTROS</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> Lote com: 50 PNEUS DE CAMINHÃO CONSERTADOS 295/80 R22,5</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>2.725,00</t>
+          <t>6.400,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t> Lote com: 50 PNEUS DE CAMINHÃO CONSERTADO 295/80R22,5</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>2.625,00</t>
+          <t>3.225,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t> Lote com: 20 PNEUS DE CAMINHÃO CONSERTADOS 12R22,5</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t> Lote com: 20 PNEUS DE CAMINHÃO CONSERTADOS 12R22,5</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t> Lote com: 04 CAPAS 710/70R-42</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
           <t> Lote com: 06 PNEU AGRICOLAS CONSERTADO 405/70R20</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
           <t> Lote com: 02 PNEU AGRICOLA 18.4.30 ARROZEIRO - Sem uso </t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
           <t> Lote com: 04 CAPAS 30.5-32</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
           <t> Lote com: 03 CAPAS 850/60.38</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>3.375,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
           <t> Lote com: 02 PNEUS AGRICOLAS 710/70R38</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
           <t> Lote com: 10 PNEUS AGRICOLAS CONSERTADO 600/50R-22.5</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>31</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>6.000,00</t>
+          <t>12.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
           <t> Lote com: 04 PNEUS AGRICOLAS CONSERTADO 600/65R-28</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
           <t> Lote com: 06 PNEUS AGRICOLAS CONSERTADO 18.4.34</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
           <t> PNEU MONTADO 20.8-38</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
           <t> Lote com: 08 CAPAS 18.4.30</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
           <t> Lote com: 02 PNEUS AGRICOLA CONSERTADO FLORESTAL 30.5-32</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
           <t> Lote com: 02 PNEUS AGRICOLAS 710/70R38</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>