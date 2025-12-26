--- v0 (2025-10-03)
+++ v1 (2025-12-26)
@@ -281,147 +281,147 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> Lote com: 156 Unidades de Armários - Diferentes segmentos - Conforme descritivo.</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> Lote com: 167 Unidades de Gaveteiro </t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>13.400,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> Lote com: 364 Unidades de Mesa - Diferentes segmentos - Conforme descritivo</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>123.100,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> Lote com: 160 Unidades - entre mesas, armários, gaveteiros - Diferentes segmentos - Conforme descritivo </t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.800,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>