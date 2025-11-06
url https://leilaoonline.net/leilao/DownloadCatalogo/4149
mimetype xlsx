--- v0 (2025-10-03)
+++ v1 (2025-11-06)
@@ -281,627 +281,627 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CAMINHÃO MB 2213L; ANO 1980; COMB. DIESEL; C/ GUINDASTE HIDRÁULICO TATANO MOD TS 130L - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>I/MBENZ 313SF RONTAN AMB; 2003/2004; BRANCA; DIESEL - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>38.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CHEVROLET/S10 LS DS4; 2021/2022; BRANCA; DIESEL  - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>37</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>98.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO FORD CARGO 816S; ANO 2013/2013; COR BRANCA; COMB. DIESEL - FIPE APROX.: R$ 191.956,00</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>70.500,00</t>
+          <t>75.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CHEVROLET/S10 LTZ FD2; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>38.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CHEVROLET/S10 LT DD4A; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>38</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>83.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO FORD CARGO 1723E TURBO; ANO 2013/2013; COR BRANCA; COMB. DIESEL; TOCO - PLACA FINAL 40 - FIPE APROX.: R$ 195.530,00</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>95.000,00</t>
+          <t>96.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>IMP/IVECOFIAT D T3510VB1; 1999/1999; COR BRANCA; DIESEL - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! TOYOTA/HILUX CD4X4 SRV; 2009/2010; PRETA; DIESEL - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>31</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>30.500,00</t>
+          <t>54.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO FORD CARGO 1723; ANO 2013/2013; COR BRANCA; COMB. DIESEL; TOCO - PLACA FINAL 681 - FIPE APROX.: R$ 195.530,00</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>90.000,00</t>
+          <t>91.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO GM/CHEVROLET C40; ANO 1990; COR BRANCA; COMB. DIESEL - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>35</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>62.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNC. - FIPE APROX.: R$ 208.469,00</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>29</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>80.000,00</t>
+          <t>129.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2010/2010; PRATA; DIESEL - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>56</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>68.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNC. - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>48</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>80.000,00</t>
+          <t>150.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>1250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>MMC/L200 TRITON HPE D; 2014/2015; PRETA; DIESEL - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>19</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>52.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>135</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! IVECOFIAT/DAILY3510 VAN1; 2002/2003; BRANCA; DIESEL - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>170</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! I/TOYOTA HILUX CD4X2 SR; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>41</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>55.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>235</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>31</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>15.500,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>245</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t>FIAT/DUCATO COMBINATO; ANO 2001; SUCATA - FIM DE VIDA ÚTIL, SEM DIREITO A DOCUMENTO</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>