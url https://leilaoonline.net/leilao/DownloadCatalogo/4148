--- v0 (2025-10-22)
+++ v1 (2026-01-19)
@@ -729,51 +729,51 @@
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> PNEU SEM RODA 29,5-29 CAT 621R</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
@@ -825,51 +825,51 @@
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT 621R</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">