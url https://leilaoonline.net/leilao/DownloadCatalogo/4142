--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -3225,51 +3225,51 @@
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
           <t>216</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
           <t> Mini Cilindro Disco de Pizza-Marca Eco-Toda em Inox-Funcionando</t>
         </is>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>650.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
           <t>220</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">