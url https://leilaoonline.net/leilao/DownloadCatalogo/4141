--- v0 (2025-10-21)
+++ v1 (2025-12-24)
@@ -409,51 +409,51 @@
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>LOTE CONTENDO 1000 UNIDADES DE  FERRAMENTAS;  CHAVES; ESTRELA , COMBINADA E FIXA. MARCAS;  GEDORE, CORNETA, TRAMONTINA, ROBUST E OUTRAS, DE  DIVERSAS MEDIDAS. ( ORIGINAIS )</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Não vendido</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
@@ -569,51 +569,51 @@
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>LOTE CONTENDO 500 UNIDADES DE  FERRAMENTAS;  CHAVES; ESTRELA , COMBINADA E FIXA. MARCAS;  GEDORE, CORNETA, TRAMONTINA, ROBUST E OUTRAS, DE  DIVERSAS MEDIDAS. ( ORIGINAIS )</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Não vendido</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.350,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
@@ -665,51 +665,51 @@
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> LOTE CONTENDO 03 UNIDADES DE TENDA GAZEBO TITANIUM 3X3 REFORÇADA SANFONADA, COR AZUL E AMARELA.( PRODUTO SEM USO. NA CAIXA). Conforme fotos</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Lote retirado</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
@@ -1017,51 +1017,51 @@
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> LOTE CONTENDO 05 UNIDADES DE TENDA GAZEBO TITANIUM 3X3 REFORÇADA SANFONADA, COR AZUL E AMARELA.( PRODUTO SEM USO. NA CAIXA). Conforme fotos</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Lote retirado</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">