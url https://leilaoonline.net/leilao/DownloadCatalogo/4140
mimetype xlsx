--- v0 (2025-10-15)
+++ v1 (2025-12-24)
@@ -345,56 +345,56 @@
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> LAVA E SECA MIDEA 10,5 KG SMART - FUNCIONANDO/LACRADO- SEM GARANTIA</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Não vendido</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> LAVA E SECA MIDEA 10,5 KG - FUNCIONANDO SEM GARANTIA</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
@@ -409,51 +409,51 @@
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> 08 UN. MATERIAIS DIVERSOS SENDO; ( 03 escovas secadoras , 02 secador 1 cooler pc, e 02 suporte para microfone ) TODOS SEM USO - SEM GARANTIAS</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
@@ -473,51 +473,51 @@
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> LAVA E SECA MIDEA 10,2 KG - FUNCIONANDO SEM USO/LACRADO( SEM DETALHES)- SEM GARANTIA</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
@@ -633,147 +633,147 @@
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> 04 UN. PANELAS DE PRESSÃO 6 LITROS - SEM USO (DETALHES ESTETICOS) SEM GARANTIAS</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> 04 UN. PANELAS DE PRESSÃO 6 LITROS - SEM USO (DETALHES ESTETICOS) SEM GARANTIAS</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> 04 CADEIRAS DE ESCRITÓRIO E 4 BANQUETAS - SEM GARANTIAS</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> 04 UN. PANELAS DE PRESSÃO 6 LITROS - SEM USO (DETALHES ESTETICOS) SEM GARANTIAS</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
@@ -793,51 +793,51 @@
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> 04 UN. PANELAS DE PRESSÃO 6 LITROS - SEM USO (DETALHES ESTETICOS) SEM GARANTIAS</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
@@ -889,51 +889,51 @@
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> DIVERSOS ITENS DE ELETRO E OUTROS - SEM GARANTIAS</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>370,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
@@ -985,61 +985,61 @@
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> 05 AIR FRYER MIDEA - SEM USO , SEM GARANTIA</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>690,00</t>
+          <t>750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> LOTE COM VENTILADORES DE TETO / FALTANDO PEÇAS / SEM GARANTIAS</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
@@ -1369,51 +1369,51 @@
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> 05 UN. -FILM DE PVC STRESH ( 1.400 METROS CADA ROLO)</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>620,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">