--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F37"/>
+  <dimension ref="A1:F38"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -281,896 +281,928 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>GUINDASTE MÓVEL PORTUÁRIO  GOTTWALD MODELO HMK 280  -  CAPACIDADE 100 TON. ANO 1997 (GM-01 – Mobile Harbor Crane Gottwald HKM 280E / 128.238)</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>500.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> GUINDASTE MÓVEL PORTUÁRIA  GOTTWALD MODELO HMK 280  - CAPACIDADE 100 TON. - ANO 1997(GM-02 – Mobile Harbor Crane Gottwald HKM 280E / 128.239 )</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>500.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> 01 UN. SPREADER CONTAINER</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>202</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>02 UN. BOBINAS DE AÇO /CONSTRUÇÃO 6X41 / DIÂMETRO 28,6MM / LANCES DE 630M CADA/ PESO TOTAL APROX. 5.300 KGS.</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>203</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t>[VENDA POR KILO] - APROX. 10.000 KILOS DE PERFIL U 8 POLEGADAS</t>
+          <t>GUINCHO DE ARRASTO</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>1,80</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>0.10</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>204</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t>01 UN. - ÂNCORA TIPO DANFORTH - PESO APROXIMADO 8.400 KGS.</t>
+          <t>[ VENDA POR KG ] - APROX. 10.000 QUILOS DE PERFIL U 8 POLEGADAS</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>49.000,00</t>
+          <t>1,80</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>207</t>
+          <t>205</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>03 UN. ROLOS  CABOS DE AMARRAÇÃO /LANCES DE APROX. 200M (CADA)</t>
+          <t>01 UN. - ÂNCORA TIPO DANFORTH - PESO APROXIMADO 8.400 KGS.</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>10.500,00</t>
+          <t>49.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>208</t>
+          <t>207</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t> 01 UN. MOTOR CUMMINS (QSX15-G4)  E 01 UN.  RADIADOR -  NO ESTADO </t>
+          <t>03 UN. ROLOS  CABOS DE AMARRAÇÃO /LANCES DE APROX. 200M (CADA)</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>44.000,00</t>
+          <t>10.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>209</t>
+          <t>208</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t> 01 UN. MOTOR CUMMINS (QSX15-G7) E 01 UN.  RADIADOR -  NO ESTADO </t>
+          <t> 01 UN. MOTOR CUMMINS (QSX15-G4)  E 01 UN.  RADIADOR -  NO ESTADO </t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>39.000,00</t>
+          <t>44.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>209</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t> 01 UN. MOTOR CUMMINS (QSX15-G8)  E 01 UN.  RADIADOR -  NO ESTADO </t>
+          <t> 01 UN. MOTOR CUMMINS (QSX15-G7) E 01 UN.  RADIADOR -  NO ESTADO </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>210</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t> 01 UN. MOTOR CUMMINS (QSX15-G9)  E 01 UN.  RADIADOR -  NO ESTADO </t>
+          <t> 01 UN. MOTOR CUMMINS (QSX15-G8)  E 01 UN.  RADIADOR -  NO ESTADO </t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>3560.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>211</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t> 01 UN. MOITÃO PARA GUINDASTE</t>
+          <t> 01 UN. MOTOR CUMMINS (QSX15-G9)  E 01 UN.  RADIADOR -  NO ESTADO </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>39.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>3560.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>213</t>
+          <t>212</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> 01 UN. MOITÃO PARA GUINDASTE</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>44.000,00</t>
+          <t>25.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>214</t>
+          <t>213</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t> 03 UN.  CABOS DE AMARRAÇÃO SENDO; 01 UN. CABO DE AMARRAÇÃO CETIM 4,5" COR BRANCO APROX. 110 METROS, 01 UN CABO DE AMARRAÇÃO NYLON 3,5" COR AMARELO APROX. 110 METROS E 01 UN. CABO DE AMARRAÇÃO NYLON 3,5" COR LARANJA APROX. 110 METROS</t>
+          <t> 01 UN. MOITÃO PARA GUINDASTE</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>7.500,00</t>
+          <t>44.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>215</t>
+          <t>214</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t> 05 UN. BOIAS DE SINALIZAÇÃO NÁUTICA 1,65M X 55CM </t>
+          <t> 03 UN.  CABOS DE AMARRAÇÃO SENDO; 01 UN. CABO DE AMARRAÇÃO CETIM 4,5" COR BRANCO APROX. 110 METROS, 01 UN CABO DE AMARRAÇÃO NYLON 3,5" COR AMARELO APROX. 110 METROS E 01 UN. CABO DE AMARRAÇÃO NYLON 3,5" COR LARANJA APROX. 110 METROS</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>216</t>
+          <t>215</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>01 UN. DEFENSA YOKOHAMA</t>
+          <t> 05 UN. BOIAS DE SINALIZAÇÃO NÁUTICA 1,65M X 55CM </t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>39.000,00</t>
+          <t>7.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>350.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>217</t>
+          <t>216</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t> 01 ESCADA DE ALUMINIO</t>
+          <t>01 UN. DEFENSA YOKOHAMA</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>39.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>218</t>
+          <t>217</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t> BARCO DE FERRO ( BALEEIRA) 8000C x 2000L x 1000A</t>
+          <t> 01 ESCADA DE ALUMINIO</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>12.500,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>219</t>
+          <t>218</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> BARCO DE FERRO ( BALEEIRA) 8000C x 2000L x 1000A</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>219</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t> SEÇÃO DE LANÇA DE GUINDASTE: 03 UN. SENDO 01 TUBO QUADRADO 2000A x 1900L x 6300C E 02 UN. TUBO REDONDO 1900A x 1700L x 6250</t>
+          <t> BARCO DE FERRO ( BALEEIRA) 8000C x 2000L x 1000A</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>12.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>221</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t>MOITÃO ( USADO NO ESTADO)</t>
+          <t> SEÇÃO DE LANÇA DE GUINDASTE: 03 UN. SENDO 01 TUBO QUADRADO 2000A x 1900L x 6300C E 02 UN. TUBO REDONDO 1900A x 1700L x 6250</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>12.500,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>222</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t>03 UN. FLUTUANTES ONDULADOS SENDO; 01 MEDIDA APROX. 1000MMX700MM E 02 MEDIDA APROX. 2000MMX1350MM</t>
+          <t>MOITÃO ( USADO NO ESTADO)</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>12.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>223</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t>02 UN. BOX METÁLICOS - 3200mm X 1600 X 600 ( USADO NO ESTADO)</t>
+          <t>03 UN. FLUTUANTES ONDULADOS SENDO; 01 MEDIDA APROX. 1000MMX700MM E 02 MEDIDA APROX. 2000MMX1350MM</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>4.000,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>225</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t>10 UN. - CARRETÉIS ( USADOS NO ESTADO)</t>
+          <t>02 UN. BOX METÁLICOS - 3200mm X 1600 X 600 ( USADO NO ESTADO)</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>226</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t>BOTE SEM MOTOR   - USADO  SEM GARANTIA</t>
+          <t>10 UN. - CARRETÉIS ( USADOS NO ESTADO)</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>12.500,00</t>
+          <t>25.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>237</t>
+          <t>230</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t>11 UN. -  BARRICAS DE MADEIRA</t>
+          <t>BOTE SEM MOTOR   - USADO  SEM GARANTIA</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>3.900,00</t>
+          <t>12.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
+          <t>237</t>
+        </is>
+      </c>
+      <c r="B37" s="4" t="inlineStr">
+        <is>
+          <t>11 UN. -  BARRICAS DE MADEIRA</t>
+        </is>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="inlineStr">
+        <is>
           <t>239</t>
         </is>
       </c>
-      <c r="B37" s="4" t="inlineStr">
+      <c r="B38" s="4" t="inlineStr">
         <is>
           <t>07 UN. -  BÓIAS DE AÇO</t>
         </is>
       </c>
-      <c r="C37" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E37" s="5" t="inlineStr">
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
         <is>
           <t>9.900,00</t>
         </is>
       </c>
-      <c r="F37" s="4" t="inlineStr">
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>