--- v0 (2025-10-15)
+++ v1 (2025-11-06)
@@ -313,51 +313,51 @@
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO CHEVROLET CUSTOM D-11000 - SEM DOCUMENTO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
@@ -441,51 +441,51 @@
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>LOTE COM APROX. 61 BARRAS DE PVC 150 E APROX. 4 BARRAS 200; MARCA PEVESUL</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">