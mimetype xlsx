--- v0 (2025-10-15)
+++ v1 (2025-12-25)
@@ -281,435 +281,435 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> UNIPORT 3030 JACTO FROTA:  13150001 ANO:  2018 CHASSI:  LZ.G3.06.046.08 NO ESTADO. </t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>112.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> PATRIOT 250 CASE FROTA:  13130105 ANO:  2016 CHASSI:  PRCYP250CFPC02046  NO ESTADO. </t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> CARRETA TRANSPORTADORA (PRANCHA) MACFORTES FROTA:  11130001 ANO:  2021 NO ESTADO. </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> HILUX CD 4X4 TOYOTA FROTA:  12010044 ANO:  2015 PLACA:  GAD0670 CHASSI:  8AJFY22G6F8025552 NO ESTADO. </t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>69.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> AMAROK CD VOLKSWAGEM FROTA:  12010045 ANO:  2018 PLACA:  CFZ1380 CHASSI:  WV1DB42H2KA021070 NO ESTADO. </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>45.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> AMAROK CD VOLKSWAGEM FROTA:  12010046 ANO:  2018 PLACA:  DKH5330 CHASSI:  WV1DB42H3KA020932 NO ESTADO. </t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> PÁ CARREGADEIRA 938 GII CATERPILLAR FROTA:  13050002 ANO:  2007 NO ESTADO. </t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> SEMI REBOQUE RANDON FROTA:  16070012 ANO:  2007 PLACA:  DHF1D29 CHASSI:  9ADG118277M244260 NO ESTADO. </t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE  USICAMP FROTA:  16070017 ANO:  2008 PLACA:  EDQ2A71 CHASSI:  9A9SRRCPE281DJ1219 NO ESTADO. </t>
+          <t> REBOQUE  USICAMP FROTA:  16070017 ANO:  2008, PLACA:  EDQ2A71 CHASSI:  9A9SRRCPE281DJ1219 NO ESTADO. </t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> SEMI REBOQUE RANDON FROTA:  16070015 ANO:  2007 PLACA:  DTS2H24 CHASSI:  9ADG118277M245114 NO ESTADO. </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> REBOQUE USICAMP FROTA:  16070013 ANO:  2008 PLACA:  EAJ8F06 CHASSI:  9A9SRCPE281DJ1249 NO ESTADO. </t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> SEMI REBOQUE RANDON FROTA:  16070016 ANO:  2007 PLACA:  DTS2H21 CHASSI:  9ADG118277M245111 NO ESTADO. </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> REBOQUE USICAMP FROTA:  16070014 ANO:  2008 PLACA:  EAD5C93 CHASSI:  9A9SRCPE281DJ1240 NO ESTADO. </t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
@@ -761,307 +761,307 @@
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> PLANTADEIRA DE GRÃOS 12 L JOHN DEERE FROTA:  15150017 ANO:  2022 CHASSI:  1CQ1113ACN0140577 NO ESTADO. </t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> PLANTADEIRA DE GRÃOS 12 L JOHN DEERE FROTA:  15150018 ANO:  2022 CHASSI:  1CQ1113ACN0140554 NO ESTADO. </t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>177.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> PLANTADEIRA RISER 3213 CASE FROTA:  15150013 ANO:  2021 CHASSI:  PRCY3212KMPD02728 NO ESTADO. </t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>102.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> PLANTADEIRA RISER 3213 CASE FROTA:  15150015 ANO:  2021 CHASSI:  PRCY3212LMPD02725 NO ESTADO. </t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>102.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> REBOQUE RANDON FROTA:  16020009 ANO:  2009 PLACA:  AQZ6H54 CHASSI:  955d125499s284403 NO ESTADO. </t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> REBOQUE FACCHINI FROTA:  16020011 ANO:  2010 PLACA:  EFU5218 NO ESTADO. </t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> REBOQUE FACCHINI FROTA:  16020012 ANO:  2010 PLACA:  EFU5C23 NO ESTADO. </t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> REBOQUE FACCHINI FROTA:  16020015 ANO:  2010 PLACA:  EFU5C15 NO ESTADO. </t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> REBOQUE FACCHINI FROTA:  16020018 ANO:  2010 PLACA:  EFU5C16 NO ESTADO. </t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>