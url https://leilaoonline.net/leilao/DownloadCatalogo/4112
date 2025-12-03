--- v0 (2025-10-21)
+++ v1 (2025-12-03)
@@ -281,467 +281,467 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1467</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> TRATOR N.HOLLAND TL85E ANO 2002. - FR611. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>1468</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> TRATOR VALTRA BT210; ANO 2014. - FR1337. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>57.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>1469</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> TRATOR N.HOLLAND TM165 ANO 2006. - FR647. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>1470</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> TRATOR VALTRA BT210; ANO 2014. - FR1334. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>52.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>1471</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> TRATOR VALTRA BT210; ANO 2012. - FR1109. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>62.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>1472</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> CARREGADEIRA CBT MOTO CANA ANO 1988. - FR262. - LOC. VISTA ALEGRE DO ALTO/SP </t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>1473</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLVO/FM12 420 6X4T; ANO 2006/2006; BRANCA. - FR436. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>78.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>1474</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO M.BENZ/L 1313; ANO 1981/1981; BRANCA. - FR156. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>1475</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO M.BENZ/L 2318; ANO 1991/1992. - BRANCA. - FR360. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>79.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>1476</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1601. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>1477</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> TRATOR N.HOLLAND TL 85 E ANO 2002. - FR615. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>1478</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> TRATOR VALTRA BT210; ANO 2014. - FR1335. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>1479</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> VW GOL 1.6L MB5; ANO 2018/2019; BRANCA. - FR1519. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>1480</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLVO/FM 440 6X4T; ANO 2008/2008; BRANCA. - FR761. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>1481</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
@@ -761,3123 +761,3123 @@
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>1482</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> VW/KOMBI LOTAÇÃO; ANO 2012/2013; BRANCA. - FR1114. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>1483</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> VW/KOMBI; ANO 2013/2014; BRANCA. - FR1233. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>1484</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> VW/NOVA SAVEIRO RB MBVS; ANO 2018/2019. - FR1517. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>1485</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> TRATOR N.HOLLAND TM165 ANO 2006. - FR657. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>1486</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLVO/FM 440 6X4T; ANO 2008/2008; BRANCA. - FR759. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>83.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>1487</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> TRATOR VALTRA BT210; ANO 2014. - FR1336. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>1488</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLVO/FM 440 6X4T; ANO 2010/2010; BRANCA . - FR878. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>1489</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> TRATOR N.HOLLAND TM165 ANO 2006. - FR653. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>1490</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO M.BENZ/L 1113; ANO 1975/1975; BRANCA. - FR056. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>1491</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> TRATOR VALTRA BT210; ANO 2012. - FR1072. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>1492</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> TRATOR VALTRA BT210; ANO 2014. - FR1339. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>82.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>1493</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> REB/FNV FRUEHAUF; ANO 1989/1989; BRANCA. - FR178. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>1494</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> TRATOR N.HOLLAND TM165 ANO 2006. - FR661. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>1495</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLVO/FM 440 6X4T; ANO 2008/2008; BRANCA. - FR754. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>82.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>1496</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLVO/FM12 420 6X4T; ANO 2006/2006; BRANCA. - FR435. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>1497</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t> TRATOR N.HOLLAND TM135 ANO 2004. - FR036. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>54.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>1498</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t> MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; BRANCA. - FR1604. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>1499</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t> ÔNIBUS M.BENZ/OF 1318; ANO 1997/1997; AMARELA. - FR868. -  LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>1500</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> TRATOR N.HOLLAND TM165 ANO 2004. - FR049. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>1501</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLVO/FM 440 6X4T; ANO 2008/2008. - BRANCA. - FR756. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>97.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>1502</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE 8800 ANO 2014. - FR1277. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>1503</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE 8800 ANO 2013. - FR1208. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>1504</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t> TRATOR N.HOLLAND T8 295 ANO 2013. - FR1257. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>136.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>1505</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> TRATOR N.HOLLAND TM165 ANO 2006. - FR668. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>1506</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t> VW/KOMBI; ANO 2013/2014; BRANCA. - FR1234. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>1507</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO M.BENZ/L 2213; ANO 1978/1979; BRANCA. - FR080. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>1508</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLVO/FM 480 6X4T; ANO 2011/2011. - BRANCA. - FR1088. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>116.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>1509</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t> TRATOR VALTRA BT210 ANO 2014. - FR1340. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>82.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>1510</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t> TRATOR N.HOLLAND TL85E ANO 2002. - FR612. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>1511</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t> SUCATA CAMINHÃO MB L 2013. - FR330. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>1512</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE 8800 ANO 2013. - FR1198. -  LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>1513</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
           <t> LOTE CONTENDO: 8 MOTORES SUCATEADOS E PARTES; CAIXA SECA DE COLHEDORA CASE; PISTÕES E MOTOR HID. - S/FR. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>1514</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
           <t> HONDA NXR 160 BROS; ANO 2018/2018; BRANCA. - FR1515. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>1515</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
           <t> SUCATA CAMINHÃO MB L 1313. - FR158. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>1516</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
           <t> MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2011/2012; BRANCA. - FR1605. -  LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>1517</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
           <t> GUINDASTE; ANO 1975. - FR230. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <t>1518</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
           <t> CARROCERIA BASCULANTE. - S/FR. - LOC. VISTA ALEGRE DO ALTO/SP </t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>1519</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE 8800 ANO 2012. - FR1138. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <t>1520</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
           <t> HONDA/NXR 160 BROS; ANO 2018/2018; BRANCA. - FR1514. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t>1521</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
           <t> CARROCERIA COMBOIO. - FR939. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
           <t>1522</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
           <t> CARROCERIA TORTA. - S/FR. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
           <t>1523</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE 8800 ANO 2013. - FR1209. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <t>1524</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE 8800 ANO 2013. - FR1207. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
           <t>1525</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO M.BENZ/L 2213; ANO 1981/1981; BRANCA. - FR173. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <t>1526</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLVO/NL12 360 6X4; ANO 1995/1995; BRANCA. - FR450. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
           <t>1527</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
           <t> CARROCERIA BASCULANTE. - S/FR. - LOC.VISTA ALEGRE DO ALTO/SP </t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
           <t>1528</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE 8800 ANO 2012. - FR1135. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
           <t>1529</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
           <t> HONDA/NXR 160 BROS; ANO 2018/2018; BRANCA. - FR1513. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
           <t>1530</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE 8800 ANO 2013. - FR1199. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
           <t>1531</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SERMAG ANO 2007. - FR5164. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
           <t>1532</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SERMAG ANO 2006. - FR5010. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
           <t>1533</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SERMAG ANO 2007. - FR5126. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
           <t>1534</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SERMAG ANO 2010. - FR5438. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
           <t>1535</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA CASE 8800 ANO 2013. - FR1197. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
           <t>1536</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SERMAG ANO 2013. - FR5579. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
           <t>1537</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
           <t> HONDA/NXR 160 BROS ESDD; ANO 2020/2020; AZUL. - FR1575. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
           <t>1538</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SERMAG ANO 2010. - FR5441. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
           <t>1539</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO SERMAG ANO 2010 - FR5135. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
           <t>1540</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
           <t>TRANSBORDO SERMAG ANO 2007. - FR5135/PT.102141. - LOC. VISTA ALEGRE DO ALTO/SP </t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
           <t>1541</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO M.BENZ/L 1113; ANO 1975/1975; BRANCA. - FR053. - LOC. VISTA ALEGRE DO ALTO/SP </t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
           <t>1542</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
           <t> ÔNIBUS M.BENZ/OF 1620; ANO 1997/1998; AMARELA. - FR867. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
           <t>1543</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
           <t> MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; ANO 2012/2013; BRANCA. - FR1598. - LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
           <t>1544</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
           <t> MICRO ÔNIBUS M.BENZ/MPOLO SENIOR ON; ANO 2012/2013; ANO 2012/2013; BRANCA. - FR1603. -  LOC.VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
           <t>1598</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO VOLVO/FM 440 6X4T; ANO 2010/2010; BRANCA. - FR875.- (SEM MOTOR E SEM CÂMBIO) - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
           <t>1599</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO VOLVO/FM 440 6X4T; ANO 2008/2009; BRANCA. - FR802. - (SEM MOTOR E SEM CÂMBIO) - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
           <t>1600</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
           <t>TRATOR N.HOLLAND TL85E ANO 2002. - FR609. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
           <t>1601</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
           <t>TRATOR NEW HOLLAND TM 165 ANO 2007 - FR670. - LOC. VISTA ALEGRE DO ALTO/SP</t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>53.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
           <t>1938</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA DE CANA CASE A8800; ANO 2013. - FR1201/PT.103315. -LOC. APORE/GO</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
           <t>1939</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA DE CANA CASE A8800; ANO 2013. - FR1224/PT.103453. - LOC.APORE/GO</t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
           <t>1940</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
           <t> CULTIVADOR SÃO FRANCISCO -DRIA; ANO 2012. - FR5535/PT.103154. - LOC. APORE/GO </t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
           <t>1941</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
           <t> GRADE LATERAL ARRASTO 28X20; ANO 2009. - FR5145/PT.101072. - LOC.APORE/GO</t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
           <t>1942</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA DE AMENDOIM; ANO 2005. - FR5391/PT.102491. - LOC.APORE/GO</t>
         </is>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
           <t>1943</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
           <t> GRADE ARADORA INTERMEDIARIA 28X28; ANO 2007. - FR5092/PT.102032. - LOC.APORE/GO</t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
           <t>1944</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
           <t> GRADE ARADORA INTERMEDIARIA 28X28; ANO 2006. - FR5350/PT.101824. - LOC.APORE/GO</t>
         </is>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
           <t>1945</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
           <t> CULTIVADOR SÃO FRANCISCO -DRIA; ANO 2012. - FR5533/PT.103145. - LOC. APORE/GO </t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
           <t>1946</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLVO/FM12 420 6X4T; ANO 2006/2006; BRANCA. - FR430. - LOC.APORE/GO</t>
         </is>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
           <t>1947</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO M.BENZ/L 2318; ANO 1992/1992; BRANCA. - FR362/PT7229. - LOC.APORÉ/GO</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
           <t>1948</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
           <t> ÔNIBUS M. BENZ/MPOLO SEN MIDI ON; ANO 2010/2011; AZUL. - FR1369/PT.103755. - LOC. APORE/GO</t>
         </is>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
           <t>35901</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">
         <is>
           <t> MOTOCANA - CBT; ANO 1984. - FR232/PT.7279. - LOC.APORE/GO</t>
         </is>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
           <t>35903</t>
         </is>
       </c>
       <c r="B105" s="4" t="inlineStr">
         <is>
           <t> COLHEDORA DE AMENDOIM; ANO 2006. - FR5392/PT.102498. - LOC.APORE/GO</t>
         </is>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="5" t="inlineStr">
         <is>
           <t>35925</t>
         </is>
       </c>
       <c r="B106" s="4" t="inlineStr">
         <is>
           <t> ÔNIBUS M.BENZ/MPOLO SEN MIDI ON ; ANO 2010/2011; AZUL. - FR1368/PT.103754. - LOC.APORE/GO</t>
         </is>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
           <t>35927</t>
         </is>
       </c>
       <c r="B107" s="4" t="inlineStr">
         <is>
           <t> ROCADEIRA - BALDAN ; ANO 2012. - FR5532/PT.103144. - LOC.APORE/GO</t>
         </is>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
           <t>35930</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
           <t> PULVERIZADOR HEREBIPLUS; ANO 2009. - FR5785/PT.101162. - LOC. APORE/GO</t>
         </is>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
           <t>35932</t>
         </is>
       </c>
       <c r="B109" s="4" t="inlineStr">
         <is>
           <t> ÔNIBUS M.BENZ/MPOLO VIALE U; ANO 2002/2002; PRATA. - FR1046/PT.102882. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
           <t>35934</t>
         </is>
       </c>
       <c r="B110" s="4" t="inlineStr">
         <is>
           <t> ÔNIBUS M. BENZ/MPOLO SEM MIDI ON; ANO 2010/2011; AZUL. - FR1371/PT.103757. - LOC. APORE/GO</t>
         </is>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="5" t="inlineStr">
         <is>
           <t>35936</t>
         </is>
       </c>
       <c r="B111" s="4" t="inlineStr">
         <is>
           <t> ÔNIBUS M.BENZ/BUSSCAR URBANUS U; ANO 1998/1998; AMARELA. - FR862/PT.102628. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="5" t="inlineStr">
         <is>
           <t>35938</t>
         </is>
       </c>
       <c r="B112" s="4" t="inlineStr">
         <is>
           <t> MOTOCANA - CBT; ANO 1981. - FR205/PT.7070. - LOC. APORE/GO</t>
         </is>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="5" t="inlineStr">
         <is>
           <t>35940</t>
         </is>
       </c>
       <c r="B113" s="4" t="inlineStr">
         <is>
           <t> ÔNIBUS M.BENZ/OF 1620; ANO 1997/1998; AMARELA. - FR863/PT.102629. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="5" t="inlineStr">
         <is>
           <t>35942</t>
         </is>
       </c>
       <c r="B114" s="4" t="inlineStr">
         <is>
           <t> ÔNIBUS M. BENZ/MPOLO SEN MIDI ON; ANO 2010/2011; AZUL. - FR1370/PT.103756. - LOC. APORE/GO</t>
         </is>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="5" t="inlineStr">
         <is>
           <t>35944</t>
         </is>
       </c>
       <c r="B115" s="4" t="inlineStr">
         <is>
           <t> MOTOCANA - CBT; ANO 1984. - FR439/PT.7240. - LOC.APORE/GO</t>
         </is>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="5" t="inlineStr">
         <is>
           <t>35946</t>
         </is>
       </c>
       <c r="B116" s="4" t="inlineStr">
         <is>
           <t> REBOQUE FNV- FREUEHAUF; ANO 1989/1989; VERDE. - FR5383/PT.102484. - LOC. APORE/GO</t>
         </is>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="5" t="inlineStr">
         <is>
           <t>35948</t>
         </is>
       </c>
       <c r="B117" s="4" t="inlineStr">
         <is>
           <t> REBOQUE FNV-FRURHAUF; ANO 1985/1985; VERDE. - FR5390/PT.102489. - LOC. APORE/GO</t>
         </is>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="5" t="inlineStr">
         <is>
           <t>35950</t>
         </is>
       </c>
       <c r="B118" s="4" t="inlineStr">
         <is>
           <t> REBOQUE FNV-FRUEHAUF; ANO 1985/1985; VERDE. - FR5389/PT.102488. - LOC. APORE/GO</t>
         </is>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="5" t="inlineStr">
         <is>
           <t>35952</t>
         </is>
       </c>
       <c r="B119" s="4" t="inlineStr">
         <is>
           <t> ÔNIBUS M. BENZ/MPOLO SEN MIDI ON; ANO 2010/2011; AZUL. - FR1375/PT.103761. - LOC. APORE/GO</t>
         </is>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="5" t="inlineStr">
         <is>
           <t>35954</t>
         </is>
       </c>
       <c r="B120" s="4" t="inlineStr">
         <is>
           <t> ÔNIBUS M. BENZ/MPOLO SEN MIDI ON; ANO 2010/2011; AZUL. - FR1373/PT.103759. - LOC. APORE/GO</t>
         </is>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="5" t="inlineStr">
         <is>
           <t>35956</t>
         </is>
       </c>
       <c r="B121" s="4" t="inlineStr">
         <is>
           <t> ÔNIBUS M. BENZ/MPOLO SEN MIDI ON; ANO 2010/2011; AZUL. - FR1376/PT.103762. - LOC. APORE/GO</t>
         </is>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="5" t="inlineStr">
         <is>
           <t>35958</t>
         </is>
       </c>
       <c r="B122" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLVO/FM 440 6X4T; ANO 2007/2007; BRANCA. - FR697/PT.102122. - LOC. APORÉ/GO</t>
         </is>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>