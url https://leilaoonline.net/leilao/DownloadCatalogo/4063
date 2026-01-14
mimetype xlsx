--- v0 (2025-11-12)
+++ v1 (2026-01-14)
@@ -2265,51 +2265,51 @@
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
           <t>35270</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
           <t> TRATOR CASE MX 260 MAGNUM 4X4 - ANO 2017 - FR31060 - (PÁTIO CCT AGRÍCOLA) - LOC. GASA</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>102.500,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
           <t>35277</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
@@ -3961,51 +3961,51 @@
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>107.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="5" t="inlineStr">
         <is>
           <t>35502</t>
         </is>
       </c>
       <c r="B126" s="4" t="inlineStr">
         <is>
           <t>PEÇAS DE REPOSIÇÃO AUTOMOTIVA DIVERSAS. - S/N. - (PÁTIO DESINVESTIMENTO) - LOC. UNIVALEM </t>
         </is>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>15.250,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="5" t="inlineStr">
         <is>
           <t>35503</t>
         </is>
       </c>
       <c r="B127" s="4" t="inlineStr">
@@ -4665,51 +4665,51 @@
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="5" t="inlineStr">
         <is>
           <t>35536</t>
         </is>
       </c>
       <c r="B148" s="4" t="inlineStr">
         <is>
           <t>ESTUFA ODONTOBRAZ . - S/ID. - (LABORATÓRIO COTESIA) - LOC. UNIVALEM </t>
         </is>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="5" t="inlineStr">
         <is>
           <t>35537</t>
         </is>
       </c>
       <c r="B149" s="4" t="inlineStr">
@@ -8665,51 +8665,51 @@
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F272" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="5" t="inlineStr">
         <is>
           <t>35986</t>
         </is>
       </c>
       <c r="B273" s="4" t="inlineStr">
         <is>
           <t>LOTE DE APROX. 320 PALLETS. - S/FR. - LOC. JATAI/GO </t>
         </is>
       </c>
       <c r="C273" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D273" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F273" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="5" t="inlineStr">
         <is>
           <t>35987</t>
         </is>
       </c>
       <c r="B274" s="4" t="inlineStr">