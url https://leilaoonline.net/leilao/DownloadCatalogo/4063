--- v1 (2026-01-14)
+++ v2 (2026-02-21)
@@ -2425,51 +2425,51 @@
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
           <t>35346</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLKSWAGEN 15.190 WORKER; ANO 2013/2014; BRANCA. - FR92154. - LOC. JUNQUEIRA </t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>121.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
           <t>35347</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
@@ -4217,51 +4217,51 @@
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="5" t="inlineStr">
         <is>
           <t>35510</t>
         </is>
       </c>
       <c r="B134" s="4" t="inlineStr">
         <is>
           <t>CULTIVADOR DE CANA CARDEROLI; ANO 2014. - FR84686; (PÁTIO DESINVESTIMENTO). - LOC. BENALCOOL </t>
         </is>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="5" t="inlineStr">
         <is>
           <t>35511</t>
         </is>
       </c>
       <c r="B135" s="4" t="inlineStr">
@@ -4473,51 +4473,51 @@
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="5" t="inlineStr">
         <is>
           <t>35519</t>
         </is>
       </c>
       <c r="B142" s="4" t="inlineStr">
         <is>
           <t>ESTUFA COM CIRCULAÇÃO E RENOVAÇÃO DE AR TECNAL. - PAT.173421 - (LABORATÓRIO COTESIA) - LOC. UNIVALEM</t>
         </is>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="5" t="inlineStr">
         <is>
           <t>35520</t>
         </is>
       </c>
       <c r="B143" s="4" t="inlineStr">
@@ -8281,51 +8281,51 @@
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="5" t="inlineStr">
         <is>
           <t>35970</t>
         </is>
       </c>
       <c r="B261" s="4" t="inlineStr">
         <is>
           <t>REBOQUE FEDERAL LG; ANO 2013/2013; CINZA. - FR164395. - (ÁREA DE VIVÊNCIA) - (DESINVESTIMENTO). - LOC. JATAI/GO </t>
         </is>
       </c>
       <c r="C261" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D261" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F261" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="5" t="inlineStr">
         <is>
           <t>35971</t>
         </is>
       </c>
       <c r="B262" s="4" t="inlineStr">