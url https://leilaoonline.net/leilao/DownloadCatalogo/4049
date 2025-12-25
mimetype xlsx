--- v0 (2025-10-15)
+++ v1 (2025-12-25)
@@ -921,51 +921,51 @@
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLVO VM 260 6X4R; ANO 2007/2007. - FR11120109. - LOC. IVATÉ/PR</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>2026</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
@@ -985,83 +985,83 @@
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>2027</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> TRATOR JD 7225 J; ANO 2014. - FR13100181. -  LOC. IVATÉ/PR</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>2028</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> TRATOR JD 7225 J; ANO 2016. - FR13100266. - LOC. IVATÉ/PR</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>2029</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
@@ -1529,51 +1529,51 @@
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>2044</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLVO VM 330 6X4R - ANO 2012/2012 - FR11070026 - LOC. IVATÉ/PR</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>96.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>2045</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
@@ -2745,51 +2745,51 @@
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
           <t>2085</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLVO VM 260 6X4R; ANO 2007/2007. - FR11020051. - LOC. IVATÉ/PR</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>152.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
           <t>2086</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
@@ -3193,51 +3193,51 @@
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
           <t>2322</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
           <t>ÔNIBUS M.BENZ BUSSCAR ECOSS U; ANO 2007/2008. - FR11200049(18301) . - LOC. TAPEJARA/PR</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
           <t>2323</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
@@ -3417,51 +3417,51 @@
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>295.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
           <t>2329</t>
         </is>
       </c>
       <c r="B109" s="4" t="inlineStr">
         <is>
           <t>SR/FACCHINI SRF CB; ANO 2007/2008. - FR16080006. - LOC. TAPEJARA/PR</t>
         </is>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
           <t>2330</t>
         </is>
       </c>
       <c r="B110" s="4" t="inlineStr">
@@ -5625,51 +5625,51 @@
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>128.000,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="5" t="inlineStr">
         <is>
           <t>2405</t>
         </is>
       </c>
       <c r="B178" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO VOLVO VM 330 6X4R; ANO 2014/2014; (S/CÂMBIO). - FR11120035. - LOC. TAPEJARA/PR</t>
         </is>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>115</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>176.000,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="5" t="inlineStr">
         <is>
           <t>2406</t>
         </is>
       </c>
       <c r="B179" s="4" t="inlineStr">
@@ -6009,51 +6009,51 @@
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="5" t="inlineStr">
         <is>
           <t>2418</t>
         </is>
       </c>
       <c r="B190" s="4" t="inlineStr">
         <is>
           <t>TRATOR VALTRA BH 145 4x4; ANO 2016. - FR13090070. - LOC. TAPEJARA/PR </t>
         </is>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>101.000,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="5" t="inlineStr">
         <is>
           <t>2421</t>
         </is>
       </c>
       <c r="B191" s="4" t="inlineStr">