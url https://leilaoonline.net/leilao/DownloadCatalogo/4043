--- v0 (2025-10-07)
+++ v1 (2025-12-03)
@@ -1497,51 +1497,51 @@
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>2111</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> MICRO ONIBUS M. BENZ MPOLO SENIOR ON; ANO 2013/2014. - FR7160. - LOC. RONDON/PR</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>2112</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
@@ -3385,51 +3385,51 @@
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>116.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
           <t>2171</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
           <t> MICRO ONIBUS M. BENZ MPOLO SENIOR ON; ANO 2013/2014; ( CAMBIO DESMONTADO). - FR11200035. - RONDON/PR</t>
         </is>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
           <t>2172</t>
         </is>
       </c>
       <c r="B109" s="4" t="inlineStr">
@@ -3513,51 +3513,51 @@
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="5" t="inlineStr">
         <is>
           <t>2175</t>
         </is>
       </c>
       <c r="B112" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO M. BENZ AXOR 2831  6X4; ANO 2012/2012. - FR11140110. - LOC. RONDON/PR </t>
         </is>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>141.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="5" t="inlineStr">
         <is>
           <t>2176</t>
         </is>
       </c>
       <c r="B113" s="4" t="inlineStr">
@@ -5113,51 +5113,51 @@
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="5" t="inlineStr">
         <is>
           <t>2231</t>
         </is>
       </c>
       <c r="B162" s="4" t="inlineStr">
         <is>
           <t> TRANSBORDO VT10 BI TANDEM; ANO 2014. - FR15220190. - LOC. CIDADE GAUCHA/PR</t>
         </is>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="5" t="inlineStr">
         <is>
           <t>2232</t>
         </is>
       </c>
       <c r="B163" s="4" t="inlineStr">
@@ -5849,51 +5849,51 @@
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="5" t="inlineStr">
         <is>
           <t>2255</t>
         </is>
       </c>
       <c r="B185" s="4" t="inlineStr">
         <is>
           <t> TRATOR CASE MX 135I:ANO 2008. - FR13090220. - LOC.CIDADE GAUCHA/PR</t>
         </is>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="5" t="inlineStr">
         <is>
           <t>2256</t>
         </is>
       </c>
       <c r="B186" s="4" t="inlineStr">
@@ -5977,51 +5977,51 @@
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="5" t="inlineStr">
         <is>
           <t>2259</t>
         </is>
       </c>
       <c r="B189" s="4" t="inlineStr">
         <is>
           <t> REBOQUE USICAMP RCI E1E18200; ANO 2004/2004. - FR16020062. - LOC. CIDADE GAUCHA/PR </t>
         </is>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="5" t="inlineStr">
         <is>
           <t>2260</t>
         </is>
       </c>
       <c r="B190" s="4" t="inlineStr">