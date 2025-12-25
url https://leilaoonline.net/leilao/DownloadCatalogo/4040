--- v0 (2025-10-07)
+++ v1 (2025-12-25)
@@ -4601,51 +4601,51 @@
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="5" t="inlineStr">
         <is>
           <t>35154</t>
         </is>
       </c>
       <c r="B146" s="4" t="inlineStr">
         <is>
           <t>SUCATA DE 3 TANQUES, SENDO: 1 DE FIBRA, 1 DE AÇO E 1 DE INOX/MISTO - S/FR - LOC. CONTINENTAL </t>
         </is>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="5" t="inlineStr">
         <is>
           <t>35155</t>
         </is>
       </c>
       <c r="B147" s="4" t="inlineStr">