--- v1 (2025-12-25)
+++ v2 (2026-01-14)
@@ -473,51 +473,51 @@
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>1639</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>TANQUE DE AÇO CARBONO SUCATEADO - (PÁTIO DESINVESTIMENTO) - LOC. TARUMÃ</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>1640</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">