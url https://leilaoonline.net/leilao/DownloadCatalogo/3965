--- v0 (2025-10-07)
+++ v1 (2025-11-02)
@@ -1337,51 +1337,51 @@
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>11600</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> TANQUE CILINDRO CALDEMA - PAT.81629 - (PPCM INDUSTRIAL) - LOC. DESTIVALE</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>11686</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
@@ -5913,51 +5913,51 @@
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="5" t="inlineStr">
         <is>
           <t>35273</t>
         </is>
       </c>
       <c r="B187" s="4" t="inlineStr">
         <is>
           <t> APROX. 20 RODAS E PNEUS SUCATEADOS - (ÁREA EXTERNA - PRÓXIMO A OFICINA DA IMEDIATA) - LOC. UNIVALEM</t>
         </is>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="5" t="inlineStr">
         <is>
           <t>35274</t>
         </is>
       </c>
       <c r="B188" s="4" t="inlineStr">