--- v1 (2025-11-02)
+++ v2 (2025-12-05)
@@ -1113,51 +1113,51 @@
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>2092</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t>PONTE ROLANTE - APROXIMADAMENTE 40 TON. - S/PT. - (ELÉTRICA). - LOC.UNIVALEM </t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>10505</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">