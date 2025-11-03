--- v0 (2025-10-07)
+++ v1 (2025-11-03)
@@ -5785,51 +5785,51 @@
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="5" t="inlineStr">
         <is>
           <t>11187</t>
         </is>
       </c>
       <c r="B183" s="4" t="inlineStr">
         <is>
           <t>1 GABINETE DE ALARME DE INCÊNDIO EDWARDS SYSTENS TECHNOLOGY EST2; (USADO). - S/PT. - LOC. CAR /PIRACICABA/SP</t>
         </is>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="5" t="inlineStr">
         <is>
           <t>11188</t>
         </is>
       </c>
       <c r="B184" s="4" t="inlineStr">