--- v0 (2025-10-07)
+++ v1 (2025-11-03)
@@ -697,51 +697,51 @@
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>1328</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>02 SUCATA DE HIDROROLL. - S/FR. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>1329</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
@@ -921,51 +921,51 @@
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>34.250,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>1335</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t>CONJUNTO 4 PEÇAS DE LIGAÇÃO ELÉTRICA. - S/PAT. - LOC. JUNQUEIRA</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>1336</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">