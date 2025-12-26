--- v0 (2025-10-09)
+++ v1 (2025-12-26)
@@ -1721,51 +1721,51 @@
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>32.100,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>10139</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
           <t> CAMINHÃO VOLKSWAGEN 31.330 CRC 6X4; ANO 2014/2015; BRANCO; CARROCERIA TRANSBORDO ANTONIOSI. - S/FR. - LOC. SERRA</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Lote retirado</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>10141</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">