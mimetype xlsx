--- v0 (2025-10-10)
+++ v1 (2026-03-26)
@@ -269,1819 +269,1595 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195409", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195409", " RADIADOR DOOSAN (A)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>8.350,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195438", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195438", " 02 TRUCKS D6M-N")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195423", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195423", " PISTÃO HIDRAULICO 179-9796  / STICK 366 ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195447", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195447", " RIPPER  M SERIE ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195454", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195454", " CAÇAMBA 924K")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195451", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195451", "02 TANDEM 120K/120H")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195468", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195468", " COROA DE GIRO VOLVO 8218719")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195427", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195427", " DIFERENCIAL 140 H / 140K")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195429", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195429", " INJETORES DIVERSOS ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195456", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195456", " CHICOTES ELETRONICOS DIVERSOS ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195455", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195455", "02 COMANDOS E 02 REDUTORES HIDRÁULICOS DOOSAN")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195421", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195421", " REDUTOR DE GIRO ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195420", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195420", " BASE DE FILTROS ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195416", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195416", " FILTROS E FAROIS ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195474", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195474", " CABINE 120H")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195471", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195471", " CABOS E MANGUEIRAS DIVERSAS ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195412", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195412", " MOTOR VOLVO EC 460")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195478", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195478", " 02 UNIDADES / PISTÕES ESCAVADEIRA 312 BOOM")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195448", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195448", " TRANSMISSAO KOMATSU GD 555")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195422", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195422", " TRANSMISSAO CATERPILLAR 12M")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195419", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195419", "02 COMANDOS FINAIS VOLVO EC360")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195443", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195443", " TRANSMISSAO CAT 966")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195473", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195473", " CONCHA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195426", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195426", " CONCHA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195462", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195462", " CONCHA")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195434", "030")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195434", " CONJUNTO DE RADIADOR D8T")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195411", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195411", " RIPPER  M SERIE ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/197397", "032")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/197397", " MOTOCANA MODELO S2000 / ANO 2000")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>42.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195458", "033")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195458", " MOTONIVELADORA CATERPILLAR MOD. 12G ANO 1993")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195415", "034")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195415", "PÁ CARREGADEIRA VOLVO L70 F ANO 2014 REVISADA ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>215.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195425", "035")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195425", " PÁ CARREGADEIRA NEW HOLLAND 12 B ANO 2009 REVISADA E PINTURA COMPLETA ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195453", "036")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195453", " RETROESCAVADEIRA CAT 416E ANO 2013 ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195413", "037")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195413", " MOTONIVELADORA CAT 12G 2 ANO 1994 ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195410", "038")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195410", " RETROESCAVADEIRA CAT 416 D REVISADA ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195463", "040")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195463", "MOTONIVELADORA CASE 865B PATROL  ANO 2011 REVISADA ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>225.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195424", "041")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195424", "ESCAVADEIRA KOMATSU PC 450 ANO 2009")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195414", "043")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195414", " CAÇAMBA P e H")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195417", "055")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195417", " COROA DE GIRO XCMG")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195465", "056")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195465", " COROA DE GIRO EC 360")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195459", "057")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195459", " COROA DE GIRO JOHN DEERE 210G (A)")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195470", "058")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195470", " COROA DE GIRO 320B")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195439", "059")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195439", " COROA DE GIRO JOHN DEERE D 200 (A)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195460", "060")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195460", " COROA DE GIRO JONH DEERE D 200 (B)")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195432", "061")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195432", " COROA DE GIRO JOHN DEERE 210G (B)")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195445", "062")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195445", " COROA DE GIRO JOHN DEERE 160")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195430", "063")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195430", " COROA DE GIRO HYUNDAI 160 (A)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195466", "064")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195466", " COROA DE GIRO DOOSAN 225")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195452", "065")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195452", " COROA DE GIRO HYUNDAI 160 (B)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195457", "066")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195457", " COROA DE GIRO VOLVO EC 210")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195469", "067")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195469", " COROA DE GIRO VOLVO EC 360")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195446", "068")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195446", " COROA DE GIRO PC 511")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195472", "069")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195472", " COROA DE GIRO CAT 7Y0708")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195431", "070")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195431", " COROA DE GIRO CX 330")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195476", "071")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195476", " 01 UNIDADE/PISTÃO BOOM ESCAVADEIRA CATERPILLAR 320( REVISADOS)")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...1662 lines deleted...]
-      </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195475", "072")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195475", " 03 UNIDADES / PISTÕES BOOM ESCAVADEIRA CATERPILLAR 320 ( REVISADOS)")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195477", "073")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/195477", " 01 UNIDADE/ PISTÃO BOOM ESCAVADEIRA DOOSAN 225( NO ESTADO)")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>