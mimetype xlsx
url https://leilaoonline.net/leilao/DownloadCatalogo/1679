--- v0 (2025-10-14)
+++ v1 (2026-03-28)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113688", "099")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113688", "veja o vídeo!! CHEVROLET/ONIX 1.4AT LTE; 2017/2018; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113687", "106")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113687", "veja o vídeo!! I/M. BENZ GLK 300; 2010/2011; PRATA; GASOLINA - APROX. 82.260KM - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113695", "112")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113695", "veja o vídeo!! I/MMC ECLIPSE CR HPESAWD; 2019/2020; VERMELHA; GASOLINA - FUNCIONANDO - IPVA 2022 PAGO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114916", "113")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114916", "veja o vídeo!! NISSAN/LIVINA 16SL; 2009/2010; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113690", "116")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113690", "veja o vídeo!! I/MERCEDES BENZ C180; 2015/2015; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>64.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113694", "119")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113694", "veja o vídeo!! VW/QUANTUM GL; 1994/1995; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114915", "120")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114915", "veja o vídeo!! NISSAN/LIVINA 18S; 2013/2013; BRANCA; ALCO./GASOL.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113693", "121")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113693", "veja o vídeo!! I/FORD FUSION AWD GTDI B; 2015/2015; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>57.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113691", "122")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113691", "veja o vídeo!! HONDA/CITY EX CVT; 2017/2017; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>49.250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114625", "123")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114625", "veja o vídeo!! VW/UP TAKE MA; 2015/2015; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114696", "124")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114696", "HYUNDAI/HB20S 1.0M UNIQ; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>34.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114623", "125")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114623", "veja o vídeo!! IMP/GM ASTRA GLS; 1995/1995; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113696", "126")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113696", "GM/BLAZER COLINA 4X4; 2005/2005; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114484", "127")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114484", "veja o vídeo!! VW/SANTANA GLS 2000 I; 1993/1994; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113692", "129")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113692", "veja o vídeo!! VW/VIRTUS CL AD; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>56.800,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114479", "130")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114479", "veja o vídeo!! FIAT/UNO DRIVE 1.0; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114923", "131")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114923", "YAMAHA/XT 225; 2005/2005; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114693", "132")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114693", "veja o vídeo!! HONDA/FIT LX FLEX; 2007/2008; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114622", "135")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114622", "veja o vídeo!! VW/FUSCA; 1983/1983; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>12.100,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113702", "137")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113702", " veja o vídeo!! HONDA/FIT EX; 2008/2008; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114467", "138")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114467", "veja o vídeo!! I/HYUNDAI TUCSON GL 20L; 2009/2010; PRATA; GÁS METANO - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114392", "140")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114392", "veja o vídeo!! VW/FOX 1.0; 2005/2005; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114489", "145")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114489", "VW/GOL CL; 1989/1989; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114476", "150")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/114476", "veja o vídeo!! VW/PARATI CL; 1989/1989; BEGE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113706", "161")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113706", "VW/SANTANA CL; 1988/1988; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113716", "239")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113716", "veja o vídeo!! VW/GOL GTS; 1993/1994; AZUL; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>28.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113715", "240")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/113715", "veja o vídeo!! VW/GOL CL 1.8; 1992/1993; PRATA; ALCOOL; TURBO LEGALIZADO - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>