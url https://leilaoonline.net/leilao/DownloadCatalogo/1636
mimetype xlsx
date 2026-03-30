--- v0 (2025-10-27)
+++ v1 (2026-03-30)
@@ -269,3291 +269,2883 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119761", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119761", " Empilhadeira Clark dpy 25 motor Q20B")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119768", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119768", " Empilhadeira clark 7T motor Q20B")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119767", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119767", "Caminhão  Mb 1513 ano 1983 -  Guindaste villares acoplado ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>57.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119766", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119766", "Caminhão  Mercedes Benz 1418 - 1994 (ex Exército Brasileiro)")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119765", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119765", " Sucata de iveco 2004 motor funcionando - Sem direito a documento ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119774", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119774", "Caminhão Volkswagen Constellation 15-190 ano 2012 (Atenção: média monta duas transferências)")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119771", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119771", " Caminhão fossa Mb 1513 1975 - parou funcionando (sem pneus)")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119776", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119776", "Caminhão  Ford cargo 1722 ano 2007 caçamba basculante funcionando")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119764", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119764", " Caminhão Mercedes Benz 1218r ano 2001 (faltando peças)")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119762", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119762", " Caminhão Mercedes Benz 1113 ano 1973 - tanque de combustível")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119763", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119763", " Caminhão Mercedes Benz 1614 ano 1992 - reduzido, no chassi")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119770", "018")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119770", " Caminhão Mercedes Benz 2318 ano 1991 -  parou funcionando")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119772", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119772", " Caminhão Volvo nl10 ano 1987 6x4 - parou funcionando")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119769", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119769", " Caminhão Mercedes Benz 1620 ano 2006 caçamba basculante (motor,caixa e diferencial no lugar, faltando algumas peças pequenas)")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119773", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119773", " Caminhão Mercedes Benz 1620 ano 2006 caçamba basculante (motor,caixa e diferencial no lugar, faltando algumas peças pequenas)")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119778", "025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119778", " Plataforma reboque com guincho caçador")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121162", "026")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121162", " Trator valmet  motor MWM 226")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119777", "027")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119777", " Trator mf 290 - funcionando, faltando rodas traseiras ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119779", "029")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119779", " Ônibus iveco 2011, funcionando")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119781", "031")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119781", " Mercedes Benz 1113 1977 azul tanque funcionando")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119786", "034")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119786", " Toyota Hilux srx vermelha 19/19")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>195.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119783", "035")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119783", " Toyota Hilux srx prata 20/20")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>211.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119782", "036")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119782", " Toyota Hilux SW4 srx preta 19/20")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>256.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119780", "037")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119780", " Caminhão Volkswagen 26280 ano 2012  Munck 60 2,3/63 IMAP, funcionando")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>333.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119794", "038")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119794", " Caminhão Mercedes Bens 1318 ano 2007 Munck 12 masal, funcionando")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119797", "039")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119797", " Caminhão Mercedes Bens 1620 ano 2011 tanque 10.000 litros, funcionando")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119788", "040")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119788", " Caminhão Volkswagen worker 8-120 2008 prancha, funcionando")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>85.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119785", "041")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119785", " Caminhão Ford cargo 6332 ano 2009 guindaste madal palfinger md300l, funcionando")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>355.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119790", "042")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119790", " Caminhão Ford cargo cavalo mecânico 1932 ano 2011, funcionando")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119793", "043")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119793", " Caminhão Mercedes Benz 1418 4x4 bombeiro, funcionando")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119796", "044")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119796", " Caminhão Volkswagen 24250 ano 2011 (apenas o caminhão), funcionando")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>410.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119791", "045")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119791", " Caminhão Ford cargo 2628 ano 2012 (apenas caminhão), funcionando")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>395.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119795", "046")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119795", " Caminhão Ford cargo 4532 - toco 2010 (doc consta caminhão truck 6x2)")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>175.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119784", "047")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119784", " Caminhão Mercedes Benz 710 2003 Munck madal palfinger 6500, funcionando")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119792", "048")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119792", " Guindaste tadano (somente equipamento guindaste)")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119799", "049")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119799", " Caminhão Ford cargo 6332 2009/10 - poliguindaste, funcionando")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119787", "050")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119787", " Ônibus Mercedes Benz 2005, parou funcionando")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119798", "051")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119798", " Kia mohave 2009 prata - (Atenção: Necessário Duas transferências)")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119789", "052")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119789", " Kia mohave 2010 prata - (Atenção: Necessário Duas Transferências) ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119800", "053")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119800", " Kia mohave 2009 cinza - (Atenção: Necessário Duas transferências)")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119805", "054")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119805", " Kia mohave 2008 prata - (Atenção: Necessário Duas transferências)")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119813", "055")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119813", " Ônibus Volkswagen - 2007, parou funcionando")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119812", "056")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119812", " Caminhão Ford cargo 1722 ano 2003, funcionando")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119807", "057")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119807", " Caminhão Mercedes Benz 1618r 2002, funcionando (Conjunto mecânico completo do mb 1620)")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119808", "058")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119808", " Ônibus Mercedes-Benz, funcionando")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119817", "059")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119817", " Ford cargo 1622 tanque ano 2000, rollon rollof, (duas transferências)")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119809", "060")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119809", " Caminhão Mercedes Bens 1620 2001 tanque, funcionando - Não acompanha carreta")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119801", "061")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119801", " Caminhão Mercedes Bens 1113 poliguindaste")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119811", "062")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119811", " Komatsu pc 200 2013, funcionando")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119810", "063")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119810", " New Holland lb 90b 2009/2010, funcionando")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119804", "064")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119804", " Agrale 4100 4x2 funcionando")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119802", "065")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119802", " Caminhão Ford cargo 2629 ano 2014 Munck 83600 líder")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>500.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119816", "066")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119816", " Mitsubishi l200 4x4 GL 2.5 LD diesel Ano 2009/2010 - (duas transferências)")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119803", "067")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119803", " Dodge Ram 2500 Laramie 2011, funcionando")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119806", "068")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119806", " Civic si 2008 - Atenção : Necessário 2 transferências")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119814", "069")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119814", " Britador de mandíbulas duplo QUEIXADA 400 RI, 3 saídas")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119815", "071")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119815", " Plataforma elevatória xcmg GXS08, parou funcionando")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121136", "073")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121136", " Munck hidrauguincho caminhão 3/4")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119821", "074")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119821", " Tanque inox 10.000 litros")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119828", "075")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119828", " Tanque inox 15.000 litros pintado de preto ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119818", "076")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119818", " Compactador de lixo rollon Grimaldi")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119819", "078")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119819", " Compactador de lixo poli")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119825", "079")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119825", " Poliguindaste simples azul")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119820", "080")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119820", " Poliguindaste simples amarelo")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119844", "081")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119844", " Poliguindaste simples amarelo azul ")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119827", "082")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119827", " Caixa d’agua")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119832", "083")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119832", " Caixa d’agua")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119823", "084")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119823", " Caixa d’agua")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119830", "085")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119830", " Toyota Hilux CD SRV 2002/2003 4x2, motor de partida engrena, (segundo dono)")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119835", "086")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119835", " Ônibus iveco city class 2013")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119833", "087")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119833", " Retroescavadeira Massey Ferguson 2013, funcionando")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119826", "088")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119826", " Retroescavadeira Massey Ferguson 2012, funcionando")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119824", "089")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119824", " Trator Massey Ferguson 292, funcionando")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119829", "091")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119829", " Escavadeira komatsu pc 200 2007, funcionando")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119831", "092")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119831", " Pá carregadeira komatsu WA200 2011, funcionando")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119822", "093")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119822", " Massey Ferguson 265, funcionando")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119843", "096")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119843", " Caminhão Mercedes Bens 1719 2017 ")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119838", "097")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119838", " Caminhão Scania ")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119837", "098")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119837", " Caminhão Atego 1418, funcionando")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119836", "102")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119836", " Baleeira 8 metros")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119842", "103")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119842", " Baleeira 8 metros ")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119834", "104")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119834", " Baleeira 11 metros ")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119846", "105")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119846", " Baleeira 11 metros ")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119839", "107")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119839", " Caminhão Ford Cargo 1519 2014, parou funcionando")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119840", "109")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/119840", " Caminhão Volkswagem Worker 17190 2012, funcionando")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120038", "110")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120038", " Roçadeira de arrasto")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120044", "111")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120044", " Mini carregadeira motor diesel 4x4 funcionando")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120042", "112")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120042", " Trator yanmar 4x2")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120043", "113")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120043", " Trator yanmar 4x2")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120039", "114")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120039", " Caminhão MB 608 Guindauto argos, funcionado e trabalhando")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120047", "115")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120047", " Caminhão Ford cargo 2429, 2013, Munck luna alg guindauto, Funcionando e trabalhando")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120041", "116")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120041", "Ford cargo 1722 - 2011, guincho auto socorro, funcionando")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120046", "118")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120046", " Caminhão Ford cargo 1415 - 1987, limpa fossa")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120040", "119")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120040", " Caminhão MB 1113 - 1978 chassi")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120045", "120")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/120045", " Pá carregadeira HYUNDAI")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121165", "121")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121165", " Empilhadeira Clark - motor de opala")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121166", "122")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121166", " Sucata caminhão iveco/Fiat")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121164", "123")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121164", " Empilhadeira Clark - motor de opala")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121163", "124")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121163", " Sucata caminhão SCANIA 111 - sem motor")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121831", "125")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121831", " Caminhão Mercedes benz - Atron 2324 2013, guindauto Madal palfinger 45T, funcionado")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121833", "126")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121833", " Máquina oficina - Ateliers jaspars")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121832", "127")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/121832", " Máquina oficina - Gendron type RU 38.150")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>