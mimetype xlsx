--- v0 (2025-10-13)
+++ v1 (2026-03-27)
@@ -269,2203 +269,1931 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80822", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80822", "[ VÍDEOS ] JET SKI SEA-DOO. Mod.  RXT 260 IS. Ano 2010. Aprox. 99 horas")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80656", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80656", "CHASSI DOCUMENTADO PARA MONTAR TRAILER PARA CAMPING")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80657", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80657", "Lote de manequins de fibra com avarias.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80658", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80658", "FORROS DE PVC")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80630", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80630", "BALCÃO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80661", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80661", "BISTRÔ (1 MESA E 4 BANQUETAS)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80679", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80679", "BISTRÔ (1 MESA E 4 BANQUETAS)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80635", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80635", "Máquina de Costura Industrial Brother reta. Funcionando.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80636", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80636", "Máquina de Costura Industrial 2 ponteiras. Marca Juk Pan")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80659", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80659", "CAMINHÃO BETONEIRA FORD CARGO 2628 E. ANO 2010/ 2011")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80660", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80660", "CAMINHÃO BETONEIRA FORD CARGO 2622 E. ANO 2009")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80606", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80606", "Lote com aprox. 47.000 unidades de CABIDES")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80607", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80607", "Lote com aprox. 16.000 unidades de CABIDES")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80612", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80612", "Lote com aprox. 2.000 unidades de CABIDES")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80611", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80611", "Aprox. 20 Tambores contendo Ferro Dextrano 10% (aprox. 600,00 kg)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/81613", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/81613", "[ VÍDEO ] NISSAN 370 Z COUPÉ. ANO 2011")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>101.900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/81622", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/81622", " Guindaste Bantam. Mod. 628. Ano 1980. Motor Mercedes 352. Capacidade 18 toneladas. Alcançe 20 metros. Necessita de revisão elétrica.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>23.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/81620", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/81620", " Compressor Ingersoll Rand 200 PCM. Pode ser usado em carreta, silo ou equipamento de jateamento")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/81621", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/81621", " Quinta roda de carreta para pino. 3/12 polegadas")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80620", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80620", " Máquina filmadora Yashica mod. 8 E")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80621", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80621", "[ VÍDEO ] Caixa Registradora. Anos 30. Amount Purchased")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80623", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80623", " 04 faróis Cilibrim  GE")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80622", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80622", " 01 farol de Ford. Ano 29. 6 Volts")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80624", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80624", " Lote de Moedas antigas: Espanha, Chile, Portugal e Brasil, moedas de prata, bronze e outras")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80625", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80625", "APROX. 37 UN  DE MOEDAS/ DINHEIRO ANTIGO (ver especificações)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82830", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82830", "Ambulância VW Saveiro Rontan. Flex. Ano 2013/ 2014")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80619", "030")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80619", "Equipamentos diversos: 01 máquina de escrever, 01 aparelho de fax, 01 aparelho de som,  02 crossovers, 02 equalizadores e 03 aparelhos de MD")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80618", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80618", "Transformador  trifásico - 380 voltz - 75 KVA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82658", "041")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82658", "Quadro/livros de anatomia humana e 1 cadeira de rodizio")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82659", "042")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82659", "tapete decorativo importado - origem Turquia  - tamanho largura 1,60 x comprimento 1,70 ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>590,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82660", "043")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82660", "Estufa para esterilização, marca Nevoni, modelo NV 1.0 (funcionando, no estado) ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82482", "050")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82482", "Caminhão VW 26.310. Ano 2002/ 2003")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>73.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82895", "250")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82895", "APROX. 4.720 PEÇAS DE ROUPAS, CALÇADOS E ACESSÓRIOS. LINHA INFANTIL  (LILICA RIPILICA, TIGOR T TIGRE, MARISOL, MALWEE, PIMPOLHO, AMORIM BABY, PAKITA, TOKE ENTRE OUTROS)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>70.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80631", "251")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80631", "Bicicleta Ultra. Aro 16. Bom estado")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80632", "252")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80632", "Óculos de sol original Ray-Ban. Mod. RB3657L Clássico / Chumbo (acompanha caixa, estojo e certificado)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>299,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80633", "253")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80633", "Vídeo Game Nitendo Wii. Acompanha 2 controles, cabos e 6 jogos (mídia fisica). Funcionando.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>290,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80634", "254")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80634", "[ VÍDEO ] Vídeo Game XBOX 360. 250 GB. Acompanha 2 controles sem fio, Kinect, cabo HDMI, cabo RCA. Travado de fábrica, possui 3 jogos (midia fisica) e mais 30 jogos na memória. Funcionando")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80610", "303")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80610", " MÁQUINA PARA FECHAR/ COLAR")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82682", "324")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82682", "158 peças de roupas e acessórios infantis, diversas marcas: Lilica Ripilica, Marisol e Tigor. ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82683", "325")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82683", "Sucata de 22 cadeiras  diretor telada de escritório desmontadas faltando rodízios")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80615", "331")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80615", " Sucatas de piscinas tenda barraca e colchão inflável")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80616", "339")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80616", "Aprox. 370 livros diversos")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80617", "340")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80617", "Lote com aprox. 25 mochilas ,16 cases, 3 bolsas, 5 estojos, e diversos itens para festas ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80629", "342")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80629", "13 extintores diversos carregados com suporte alguns vencidos")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80628", "343")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80628", "Sucata de bebedouro")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80626", "400")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80626", "Barco de fibra c/ motor de rabeta, 2 remos e 3 carretilhas  ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80627", "401")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80627", "2 roupas de neopreme longa")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82836", "500")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82836", "[ VÍDEO ] MERCEDES BENZ C 180 CGI. ANO 2012")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>49.600,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80654", "501")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80654", "[ VÍDEO ] UNO MILLE FIRE FLEX. ANO 2006")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80655", "504")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80655", "[ VÍDEO ] HONDA FIT LX FLEX. ANO 2013/ 14")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82890", "505")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/82890", "[ VÍDEO ] FIAT IDEA ESSENCE. ANO 2012")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80649", "1202")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80649", " PLAINA ACTIVA DE 400 MM")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80650", "1206")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80650", " ROSQUEADEIRA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80652", "1207")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80652", " ROSQUEADEIRA ASTEN RA 64, C/ MOTOR DE 0,25 CV")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80646", "1208")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80646", " ROSQUEADEIRA BEGRA RA 64, CAP. ROSQUEAR ATÉ M6")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80647", "1209")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80647", "BALANÇA CONTADORA MARTE AC4/40K")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80638", "1210")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80638", " SELADORA SUNNYVALE 400, ANO: 1991")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80643", "1213")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80643", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80641", "1214")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80641", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80645", "1215")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80645", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80648", "1216")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80648", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80651", "1217")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80651", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80642", "1218")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80642", " ROSQUEADEIRA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...43 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80637", "1220")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80637", " ROSQUEADEIRA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80640", "1222")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80640", " 4 MOSTRUÁRIOS")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80644", "1223")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80644", " 1 ARMÁRIO EM AÇO C/ 2 PORTAS E 2 ARMÁRIOS DE VESTIÁRIO EM AÇO C/ 8 PORTAS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...1481 lines deleted...]
-      <c r="D62" s="4" t="inlineStr">
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80639", "1224")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80639", " 7 BANCADAS DIVERSAS COM AS SEGUINTES DIMENSÕES: 2,4X0,9 M; 2,4X0,9 M; 1,5X0,9 M; 1,25X0,6 M; 1,6X0,75; 1,2X0,65 M;1,25X0,6 M")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E62" s="5" t="inlineStr">
-[...478 lines deleted...]
-      </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80653", "1226")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/80653", " 2 MOSTRUÁRIOS")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>