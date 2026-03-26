--- v0 (2025-10-14)
+++ v1 (2026-03-26)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78584", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78584", "ITENS - MANGA E BICO - VEJA DETALHES NO DESCRITIVO - Pinheiro Machado, SP")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78582", "007")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78582", "3 PLACAS DES CPI-408 IE-M-53-00-68 -CORUMBÁ, MS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78583", "008")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78583", "4 REVESTIMENTOS DES 2671 POS11 - ITAPEVA, SP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78575", "013")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78575", "PAINEL - BUCHAS - BOMBAS - Catalango, RJ - CONFIRA DESCRITIVO DO LOTE")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>504,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78587", "014")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78587", "BUCHAS, EICHOS E MAIS - Cajamar, SP - CONFIRA DESCRITIVO DO LOTE")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78594", "015")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78594", "ROLAMENTOS, ARRUELAS E MAIS - Campo Grande, MS - CONFIRA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78607", "016")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78607", "DISJUNTORES LAMPADAS E MAIS - Ribeirão Grande, SP - CONFIRA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78580", "017")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78580", "ANEL, ARRUELAS E MAIS - Ribeirão Grande, SP - CONFIRA DESCRITIVO DO LOTE")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78581", "018")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78581", "CANTONEIRA, PARAFUSOS E MUITO MAIS - Rio Branco do Sul, PR - CONFIRA DESCRITIVO DO LOTE")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78610", "019")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78610", "PLACAS, PINOS E MAIS - Rio Branco do Sul, PR - CONFIRA DESCRITIVO DO LOTE")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78596", "020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78596", "CORREIAS, ARRUELAS E MAIS - Capivari de Baixo, SC - CONFIRA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78597", "021")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78597", "TAMPAS PLACAS E MAIS - Corumbá,MS - CONFIRA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78598", "022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78598", "ROLAMENTOS - Cuiabá, MT - CONFIRA DESCRITIVO DO LOTE")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78599", "023")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78599", "ABRAÇADEIRAS, BLOCOS E MAIS - Edealina, GO - CONFIRA DESCRITIVO DO LOTE")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78600", "024")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78600", "MOLAS, PARAFUSOS E MAIS - Esteio, RS - CONFIRA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78601", "025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78601", "ELETRODOS, COREREIAS E MAIS - Itapecirica da Serra, SP - CONFIRA DESCRITIVO DO LOTE")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...100 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78602", "026")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78602", "RETENTORES, ABRAÇADEIRAS E MAIS - Itapecirica da Serra, SP - CONFIRA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...10 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78603", "027")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78603", "FILTROS, LAMPADAS E MAIS - Ouricuri, PE - CONFIRA DESCRITIVO DO LOTE")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78604", "028")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78604", "CORREIAS ANEIS E GAXETAS - Pinheiro Machado, RS - CONFIRA DESCRITIVO DO LOTE")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78605", "029")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78605", "GAXETAS, CHAVES E MAIS - Poty Paulista, PE - CONFIRA DESCRITIVO DO LOTE")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78606", "030")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78606", "2 BUCHAS E 1 ROLAMENTO - LOC. Primavera/ PA ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78634", "031")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78634", "APAR AUDIO CONFERENCIA AETHRA THE VOICE C 05 MICRO-LOC. Parada de Lucas / RJ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78635", "032")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78635", "BEBEDOURO ELETRICO PRESSAO 40 L MASTERFRIO 110 V A - LOC. Parada de Lucas/ RJ ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78636", "033")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78636", "INDICADOR DIGITAL 9091 KIT LOOP DE CORRENTE P BALA - LOC. Parada de Lucas / RJ ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78637", "034")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78637", "REFILADORA DE PAPEL MARCA LASSANI MED  46 CM - LOC. Parada de Lucas/ RJ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78611", "035")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78611", "EIXOS, FILTROS E MAIS - LOC. Santa Helena/ SP - CONFIRA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78612", "036")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78612", "ARRUELA CORREIAS E MAIS - LOC. São Luis/ MA - CONFIRA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78613", "037")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78613", "ANEIS, CILINDROS E MAIS - LOC. Brasília/ DF - CONFIRA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78614", "038")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78614", "PARAFUSOS, SENSORES E CAVALETES, LOC. Vidal Ramos/ SC - CONFIRA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78615", "039")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78615", "BUCHAS, CALCOS E MAIS - LOC. Xambioa/ TO - CONFIRA DESCRITIVO DOS ITENS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78616", "040")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78616", "PORCAS, ARRUELAS E MAIS - LOC. Xambioa/TO - CONFIRA DESCRITIVO DOS ITENS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78617", "041")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78617", "LAMPADAS, ROLAMENTOS E MAIS -LOC.  Sobral/ CE - CONFIRA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78638", "042")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78638", "MAQUINA DE CAFE EXPRESSO SAECO  MOD STRATOS - LOC. Parada de Lucas/RJ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...217 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78639", "043")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78639", "MAQUINA FRAGMENTADORA DE PAPEIS MOD AS702-MX - LOC. Parada de Lucas/ RJ ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...638 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78640", "044")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/78640", "COFRE DE ACO MARCA VULCANO N  4174 - loc. Parada de Lucas/ RJ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>