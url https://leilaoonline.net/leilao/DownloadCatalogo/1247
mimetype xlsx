--- v0 (2025-10-14)
+++ v1 (2026-03-30)
@@ -269,123 +269,111 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/75303", "004")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/75303", " CAM BASCULANTE, VOLKSWAGEN 15.190 CONSTELLATION,  PREF. 213041, TOCO, MANUAL.  PLACA FGD9E31 ANO / MOD:  2012 / 2013 RENAVAM 525122923 CHASSI:  9536E8231DR316733 OBS:  SINTESE DO ESTADO, ANEXO. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>140</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/75304", "005")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/75304", " CAM BASCULANTE C/ MUNCK,  VOLKSWAGEN 17.190 CONSTELLATION, PREF. 2096562, TOCO, MANUAL.  PLACA EVO2961 ANO / MOD:  2013 RENAVAM 534106757 CHASSI:  9536E8249DR318495 OBS: FACCHINI - GUINDASTE HIDRÁULICO F-7,5/2H  - SINTESE DO ESTADO, ANEXO. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>160.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/75305", "006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/75305", " IMPLEMENTO MIKRO,  USIMECA - MIKRO COM LIFTER 6,7 m³,  PREF. 2097073 ANO / MOD:  2013 CHASSI:  RJ1SM116065DC9243 OBS:  SINTESE DO ESTADO, ANEXO. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>