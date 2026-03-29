--- v0 (2025-10-14)
+++ v1 (2026-03-29)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59167", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59167", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>199.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59171", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59171", "FORD F-1000 SS. Diesel. Ano 88/88.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>18.200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59175", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59175", " CHEVROLET SONIC LT HB MT. ANO 2014.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59197", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59197", "M. Benz Sprinter 313 CDI. Ano 2007/2007")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59198", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59198", "VW KOMBI. ANO 1993. NO ESTADO.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59192", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59192", "CARROCERIA DE MADEIRA PARA D20 DUPLA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59172", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59172", " Reboque Ano 1995. Marca Lençois RRTC")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59173", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59173", "REBOQUE CARROCERIA FECHADA. ANO 1975. POSSUI CAMA, ARMÁRIO E PIA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59271", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59271", "[ RETIRADO ] HONDA CITY. ANO 2015")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...75 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59270", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59270", "CAMINHÃO BASCULANTE VW 13.130, VERMELHA. ANO 85")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59282", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59282", "Sucata de Fiat Palio Fire Flex. Ano 2006. Sem motor. Sem Câmbio.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59872", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/59872", "Baú para caminhão truck. Medidas: 2,60m largura x 2,77m altura x  8,00 m comprimento.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...269 lines deleted...]
-      </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/60186", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/60186", "Peugeot 206 Allure FX. Ano 2008.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/60187", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/60187", "Ford/ F350. Ano 1962. Relíquia. (REMARCADO)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="B24" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/60306", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://leilaoonline.net/lote/detalhe/60306", "VW Parati 1.6. Ano 2011/12")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>