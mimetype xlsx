--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -409,51 +409,51 @@
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>LOTE CONTENDO 1000 UNIDADES DE  FERRAMENTAS;  CHAVES; ESTRELA , COMBINADA E FIXA. MARCAS;  GEDORE, CORNETA, TRAMONTINA, ROBUST E OUTRAS, DE  DIVERSAS MEDIDAS. ( ORIGINAIS )</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
@@ -505,51 +505,51 @@
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.850,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>LOTE CONTENDO 250 UNIDADES DE  FERRAMENTAS;  CHAVES; ESTRELA , COMBINADA E FIXA. MARCAS;  GEDORE, CORNETA, TRAMONTINA, ROBUST E OUTRAS, DE  DIVERSAS MEDIDAS. ( ORIGINAIS )</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
@@ -569,51 +569,51 @@
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>LOTE CONTENDO 500 UNIDADES DE  FERRAMENTAS;  CHAVES; ESTRELA , COMBINADA E FIXA. MARCAS;  GEDORE, CORNETA, TRAMONTINA, ROBUST E OUTRAS, DE  DIVERSAS MEDIDAS. ( ORIGINAIS )</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.350,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
@@ -665,51 +665,51 @@
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> LOTE CONTENDO 03 UNIDADES DE TENDA GAZEBO TITANIUM 3X3 REFORÇADA SANFONADA, COR AZUL E AMARELA.( PRODUTO SEM USO. NA CAIXA). Conforme fotos</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
@@ -729,83 +729,83 @@
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>LOTE CONTENDO 100 UNIDADES DE MARTELOS BOLA CABOS DE MADEIRA, DIVERSOS TAMANHOS.</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> 20- UNIDADES DE GANCHOS / MOITÃO DE DIVERSOS TAMANHOS E MODELOS P/ ALTA CARGA DE PESO, CONFORME FOTOS.</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
@@ -921,51 +921,51 @@
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t>LOTE CONTENDO 100 UNIDADES DE MARRETAS CABOS DE MADEIRA DE 01 E 02 QUILOS.</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
@@ -1017,147 +1017,147 @@
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> LOTE CONTENDO 05 UNIDADES DE TENDA GAZEBO TITANIUM 3X3 REFORÇADA SANFONADA, COR AZUL E AMARELA.( PRODUTO SEM USO. NA CAIXA). Conforme fotos</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> LOTE CONTENDO EQUIPAMENTOS DE SEGURANÇA E USO EM SERVIÇOS DE, SOLDAS  / USINAGENS (F-12)</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> LOTE CONTENDO EQUIPAMENTOS DE SEGURANÇA E USO EM SERVIÇOS DE, SOLDAS  / USINAGENS, SENDO (F-13)</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>450,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> LOTE CONTENDO KITs DE EQUIPAMENTOS EPI, SENDO CINTOS DE SEGURANÇA P/ ALTURAS BOTINAS E CAPACETES, CONFORME FOTOS.(F-06)</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
@@ -1305,51 +1305,51 @@
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t>02- CAIXAS CONTENDO JOGOS  QUEBRA CABEÇA E PARTES SEM TESTE E CONFERÊNCIA P/ REPAROS, CONFORME FOTOS. (F-20) E (F-21)</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
@@ -1561,51 +1561,51 @@
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> LOTE CONTENDO 20 UNIDADES DE MÁSCARAS SEMI FACIAL ( SEM USO) NA CAIXA</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>390,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>127</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">