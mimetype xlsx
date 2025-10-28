--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -142,116 +142,116 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F165"/>
+  <dimension ref="A1:F247"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>LEILÃO 29.10.2025</t>
+          <t>23 CAMINHÕES • 6 TRATORES • 18 COLHEDORAS CASE E JD • 40 REBOQUES/SEMI • 3 PIERS • MOTORES</t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
-          <t>29/10/2025 11:30</t>
+          <t>31/10/2025 11:30</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Leiloeiro</t>
         </is>
       </c>
       <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Eduardo Jordao Boyadjian</t>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1"/>
@@ -276,4999 +276,7623 @@
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1256</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
-          <t> ÁREA DE VIVÊNCIA. - FR14004619. - LOC. SANTA ELISA </t>
+          <t> ÁREA DE VIVÊNCIA; ANO 2012. - FR14004619. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>1267</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2013; CINZA. - FR121555. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>27.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>1343</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>COLHEDORA JOHN DEERE CH570. - ANO 2017 - FR360916. - (PÁTIO DESINVESTIMENTO). - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>40.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>1344</t>
+          <t>1423</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE 3520 - ANO 2015. - FR11802178. - (PÁTIO DESINVESTIMENTO). -  LOC. PARAISO</t>
+          <t>TRATOR CASE 260; ANO 2017. - FR116561. - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>80.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>2038</t>
+          <t>1461</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t> HIDROROLL. - FR14003031. - LOC. SANTA ELISA </t>
+          <t>REBOQUE SOUFER CA 2E; ANO 2012/2012; CINZA. - FR164443. - (SEM NUMERAÇÃO DO CHASSI). -  LOC. CONTINENTAL </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>2479</t>
+          <t>1462</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO VOLKSWAGWN EURO3 WORKER; ANO 2010/2010; BRANCA. - FR34110/FR37901. - (MUNCK) AUTOMOTIVO - LOC. SÃO FRANCISCO </t>
+          <t>REBOQUE SOUFER CA 4E; ANO 2012/2012; CINZA. - FR164173. - ( VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO) - LOC. CONTINENTAL </t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>35017</t>
+          <t>1463</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE CH670 2L - ANO 2016 - FR101502 - LOC. BARRA</t>
+          <t>SEMI REBOQUE SOUFER CA 2E; ANO 2012/2012; CINZA. - FR164432. - (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO ). - LOC. CONTINENTAL </t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>35079</t>
+          <t>1466</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE MAGNUM 260 - ANO 2017 - FR20349 - LOC. SANTA CÂNDIDA  </t>
+          <t>SEMI REBOQUE SOUFER CA 2E; ANO 2012/2012; CINZA. - FR164164. - (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO). - LOC. CONTINENTAL</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>80.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>35081</t>
+          <t>1618</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE MAGNUM 260 - ANO 2017 - FR20369 - LOC. SANTA CÂNDIDA </t>
+          <t>IMPLEMENTO AGROMATÃO; ANO 2019; SÉRIE 301. - FR134160. - LOC. JUNQUEIRA </t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>80.000,00</t>
+          <t>1.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>35089</t>
+          <t>1636</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE CH670 2L - ANO 2016 - FR32240 - LOC. BARRA  </t>
+          <t>CAMINHÃO VW/31.320 CNC 6X4; ANO 2010/2010; BRANCA; (TRANSBORDO). - FR88180. - PATIO CCT - LOC. GASA </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>40.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>35091</t>
+          <t>1641</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE CH670 2L - ANO 2016 - FR50154 - LOC. BARRA  </t>
+          <t>CAMINHÃO VW/26.280 CRM 6X4; ANO 2014/2015; BRANCA; (ABUDO BAZUCA). -  FR91448. - PÁTIO AGRÍCOLA - LOC. UNIVALEM</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>21</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>86.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>35103</t>
+          <t>1642</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>SULCADOR DMB - PAT.103197 - LOC. BARRA</t>
+          <t>CAMINHÃO VW/26.280 CRM 6X4; ANO 2014/2015; BRANCA; (TRANSBORDO). - FR90955. - (PATIO CCT) LOC. GASA</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>9</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>43.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>35144</t>
+          <t>1742</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>CARRETA ESP. CALCÁRIO - ANO 2013 - FR361708 - LOC. ZANIN</t>
+          <t>CARRETA BAZUCA - ADUBO; ANO 2011. - FR11003612. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>35160</t>
+          <t>1804</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2014 - FR10003189 - LOC. CONTINENTAL</t>
+          <t>HIDRO ROLL SUCATEADO . - FR86957. - PÁTIO MODAL - LOC. GASA </t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>35164</t>
+          <t>2038</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2013; CINZA. - FR121548. - LOC. SANTA ELISA </t>
+          <t>HIDROROLL; ANO 2005. - FR1400303. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>35165</t>
+          <t>2046</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2013; CINZA. - FR121583. - LOC. SANTA ELISA </t>
+          <t>TRATOR CASE MX 260 MAGNUM; ANO 2017. - FR10749. - LOC. JUNQUEIRA </t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>80.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>35169</t>
+          <t>2085</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t> CAMINHAO VW/13.150; ANO 2001/2001; BRANCA. - FR11001035. - LOC. SANTA ELISA </t>
+          <t>ESTRUTURA DE HIDROROLL SUCATEADA  APROX.100 KG ( VENDA POR KG). - PATIO INSERVIVEIS - DESTIVALE </t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>1,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>35170</t>
+          <t>2086</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO M.BENZ/2423 K; ANO 2001/2001; BRANCA. - FR1001004. - LOC. SANTA ELISA </t>
+          <t>PEÇA INOX SUCATEADA APROX. 300 KG ( VENDA POR KG) - PATIO INSERVIVEIS - LOC. DESTIVALE </t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>1,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>35171</t>
+          <t>2471</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE FACCHINI RFRBC; ANO 1992/1992; VERMELHA. - FR568. -  LOC. SANTA ELISA </t>
+          <t> LOTE MOBILIARIO APROX. 27 CADEIRAS, 05 MESAS, 01 ARMÁRIO E 02 DIVISÓRIAS. - (KAIZEN) LOC. COSTA PINTO</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>35173</t>
+          <t>2474</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE FAB. PROPRIA; ANO 1987/1987; BRANCA. - FR14004602. - LOC. SANTA ELISA </t>
+          <t>CAMINHÃO VW/31.320 CNC 6X4; ANO 2010/2010; BRANCA. - FR96667-FR112819. - (TRANSBORDO). - DESINVESTIMENTO - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>38.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>35174</t>
+          <t>2475</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE FAB. PROPRIA; ANO 1987/1987; BRANCA. - FR14004599. - LOC. SANTA ELISA </t>
+          <t>TRATOR CASE PUMA 230 4X4; ANO 2016. - FR100024. - DESINVESTIMENTO - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>32.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>35175</t>
+          <t>2477</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t> ÁREA DE VIVÊNCIA. - FR14003576. - LOC. SANTA ELISA </t>
+          <t> LOTE DE 10 TELEVISORES COM DEFEITO, 01 CAFETEIRA E 03 FRIGOBARES. - (CFC). - LOC.COSTA PINTO </t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>35178</t>
+          <t>2479</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2012; AZUL. - FR121537. - LOC. SANTA ELISA </t>
+          <t>CAMINHÃO VOLKSWAGWN EURO3 WORKER; ANO 2010/2010; BRANCA. - FR34110/FR37901. - (MUNCK) AUTOMOTIVO - LOC. SÃO FRANCISCO </t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>13</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>100.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>35179</t>
+          <t>10159</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2012; AZUL. - FR121528. - LOC. SANTA ELISA </t>
+          <t>TRANSBORDO ANTONIOSI ATA 10500; ANO 2010. - FR123788. - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>35190</t>
+          <t>11505</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO SANTAL. - FR14003537. - LOC. SANTA ELISA </t>
+          <t> PLANT. CANA ATA PCP 1102; ANO 2017. - FR20285. -(APOIO). - LOC. COSTA PINTO </t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>35192</t>
+          <t>12046</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR9004107. - LOC. SANTA ELISA </t>
+          <t> SULCADOR; ANO 2008. - FR4445031. - LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>35193</t>
+          <t>17075</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE. - FR13004119. - LOC. SANTA ELISA </t>
+          <t> COMPRESSOR DE AR PARAFUSO 1 PRESSAO 7/8 KGF/CM2 MO - PAT.169613 -(PÁTIO DE DESINVESTIMENTO) - LOC. MARACAÍ</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>35194</t>
+          <t>34083</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE. - FR11004011. - LOC. SANTA ELISA </t>
+          <t>EQUIPAMENTOS DE TECNOLOGIA OPERACIONAL - DIVERSOS MODELOS E MARCAS. - APROX. 88 ITENS - INTERFACE CJ JOY TRIMBLE REMAN , ANTENA COMUNICACAO TRIMBLE 2425346 BR E OUTROS - VEJA DESCRITIVO DE ITENS -  LOC. ARARAQUARA </t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>35231</t>
+          <t>34084</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t> DISTRIB. TORTA FILTRO ATA1102; ANO 2018. - FR57372. - (PATIO INDUSTRIA) LOC. BOM RETIRO </t>
+          <t>EQUIPAMENTOS DE TECNOLOGIA OPERACIONAL - DIVERSOS MODELOS E MARCAS. - APROX. 35 ITENS - RADIO AG815, C.B MAG300 E OUTROS - VEJA DESCRITIVO DE ITENS -  LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>35316</t>
+          <t>34085</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL, MOD.TRSI 15000 - ANO 2013 - FR11003711. - LOC. VALE DO ROSÁRIO </t>
+          <t>EQUIPAMENTOS DE TECNOLOGIA OPERACIONAL - DIVERSOS MODELOS E MARCAS. - APROX. 03 ITENS  - CONTROLADOR JD 0631356771 REMAN - VEJA DESCRITIVO DE ITENS -  LOC. CONTINENTAL </t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>35318</t>
+          <t>34086</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003682. - LOC. VALE DO ROSÁRIO </t>
+          <t>EQUIPAMENTOS DE TECNOLOGIA OPERACIONAL - DIVERSOS MODELOS E MARCAS. - APROX. 144 ITENS - ANTENA ONMINI, MODULO SEED MONITORING FIELD IQ EXT  E OUTROS - VEJA DESCRITIVO DE ITENS -  LOC. IPAUSSU</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>35330</t>
+          <t>34087</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t>HIDRO ROLL FERTIRRIGACAO MCA IRRIGABRASIL - TURBOMAQ 2012 - FR11003641. - LOC. VALE DO ROSÁRIO </t>
+          <t>EQUIPAMENTOS DE TECNOLOGIA OPERACIONAL - DIVERSOS MODELOS E MARCAS. - APROX. 109 ITENS - CARTUCHO H3, MODULO DRIVE DE EXPANSAO MAG100 E OUTROS - VEJA DESCRITIVO DE ITENS -  LOC.JUNQUEIRA </t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>35337</t>
+          <t>34088</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t>HIDRO ROLL. - ANO 2007 - FR11003469. - LOC.VALE DO ROSÁRIO </t>
+          <t>EQUIPAMENTOS DE TECNOLOGIA OPERACIONAL - DIVERSOS MODELOS E MARCAS. - APROX. 323 ITENS - AG LEADER TRIMBLE, AG-715, MAG300, MODULO 3G ATIVA E OUTROS - VEJA DESCRITIVO DE ITENS -  LOC. BONFIM/LABORATÓRIO T.O</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>35416</t>
+          <t>34089</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO CIVEMASA 10 TON - ANO 2008 - FR8003010 - LOC. LAGOA DA PRATA</t>
+          <t>EQUIPAMENTOS DE TECNOLOGIA OPERACIONAL - DIVERSOS MODELOS E MARCAS. - APROX. 95 ITENS - C.B MAG300, RADIO AG815 E OUTROS - VEJA DESCRITIVO DE ITENS -  LOC. LAGOA DA PRATA </t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>35457</t>
+          <t>34091</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO SMR 10500 10T; ANO 2009. - FR55040. - (PÁTIO INDUSTRIA) LOC. BOM RETIRO </t>
+          <t>EQUIPAMENTOS DE TECNOLOGIA OPERACIONAL - DIVERSOS MODELOS E MARCAS. - APROX.39 ITENS: ATIVA MARTHE 3G, CHICOTE MEGA WHIP 96100001 REMAN E OUTROS - VEJA DESCRITIVO DE ITENS -  LOC.SERRA </t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>35459</t>
+          <t>34092</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO SMR 10500 10T; ANO 2007. - FR38321. - (PÁTIO INDUSTRIA) LOC. BOM RETIRO </t>
+          <t>EQUIPAMENTOS DE TECNOLOGIA OPERACIONAL - DIVERSOS MODELOS E MARCAS. - 01 ITEM - VEJA DESCRITIVO DE ITENS - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>35461</t>
+          <t>34093</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO SMR 10500 10T; ANO 2007. - FR38317. - (DESINVESTIMENTO) LOC. BOM RETIRO </t>
+          <t>VOLANDEIRA APROXIMADAMENTE 2 TON. - MOENDA - LOC. UNIVALEM </t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>35468</t>
+          <t>34094</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t> DISTRIBUIDOR TORTA FILT 5,7M³ 40000KG/HA; ANO 2015. - FR67185. - (AGRÍCOLA) LOC. RAFARD</t>
+          <t>CALDEIRAS E GELADEIRA DE COZINHA INDUSTRIAL SUCATEADO. - RESTAURANTE - LOC. BENALCOOL </t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>35494</t>
+          <t>34095</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t> CARRETA ESP. CALC. SOLLUS; ANO 2006. - FR134003. - ( VINHAÇA CONCENTRADA) LOC.COSTA PINTO </t>
+          <t>LOTE DE MÓVEIS E UTENSÍLIOS CONTENDO APROX. 40 CADEIRAS, 01 GELADEIRA, 02 TELEVISORES, 01 BEBEDOURO ENTRE OUTROS. - LOC. MARACAI </t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>35495</t>
+          <t>34096</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t> CARRETA ESP. CALC. SOLLUS; ANO 2012. - FR57312. - ( VINHAÇA CONCENTRADA) LOC.COSTA PINTO </t>
+          <t>APROX. 200 PLACAS DE TROCADOR DE CALOR INOX E  02 TROCADORES DE CALOR SUCATEADO. - PT.156221. - PÁTIO EQUIP. INDUSTRIAIS - LOC. PARAGUAÇU</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>35556</t>
+          <t>34098</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE 3522; ANO 2014. - FR91515. - (PÁTIO PLANTIO) - LOC. GASA </t>
+          <t>LOTE CONTENDO APROX. 30 SUCATAS DE MOTORES ELÉTRICOS DE MÉDIO E PEQUENO PORTE. - PÁTIO EQUIP. INDUSTRIAIS - LOC. PARAGUAÇU</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>35560</t>
+          <t>34099</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE MX 260 MAGNUM 4X4; ANO 2017. - FR112218. - (PÁTIO DESINVESTIMENTO) - LOC. GASA </t>
+          <t>TALHA DE 5 TON. SUCATEADA. - N/E. - PÁTIO EQUIP. INDUSTRIAIS - LOC. PARAGUAÇU</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>80.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>35586</t>
+          <t>34100</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO ATA 12000; ANO 2015. - FR188713. -(PATIO CCT). - LOC. GASA </t>
+          <t>COMPRESSOR AR SUCATEADO. - N/E. - PÁTIO EQUIP. INDUSTRIAIS - LOC. PARAGUAÇU</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.750,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>35587</t>
+          <t>34101</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO ATA 12000; ANO 2015. - FR188714. -(PATIO CCT). - LOC. GASA </t>
+          <t>REDUTOR SUCATEADO. - N/E. - PÁTIO EQUIP. INDUSTRIAIS - LOC.PARAGUAÇU</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>35588</t>
+          <t>34102</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA  JOHN DEERE 3522; ANO 2015. - FR188011. -(PÁTIO DESINVESTIMENTO). - LOC. GASA </t>
+          <t>APROX. 1 TON - BORRACHAS DE ESTEIRA SUCATEADAS ( VENDA POR KG) . - S/N. - PÁTIO EQUIP. INDUSTRIAIS - LOC. PARAGUAÇU</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>1,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>35606</t>
+          <t>34105</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA JOHN DEERE 3522 SUCATEADA. - S/FR. - LOC. BONFIM </t>
+          <t>LOTE CONTENDO 01 BOMBA DE ABASTECIMENTO E 04 LUMINÁRIAS. - LOC. POSTO SANTA CANDIDA </t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>35609</t>
+          <t>34106</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA JOHN DEERE 3522. - FR117569. - LOC.BONFIM </t>
+          <t>FORNO RATIONAL COMBIMASTER 20GNs; 220/380 . - LOC. CAR/ PIRACICABA/SP </t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>35613</t>
+          <t>34107</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA JOHN DEERE 3522; SUCATEADA. - S/FR. - LOC. SERRA </t>
+          <t>PEÇAS PARA MÁQUINAS E EQUIPAMENTOS AGRÍCOLAS APROX. 568 ITENS DIVERSOS: CABO TRIMBLE 54618 REMAN; MOTOR CASE 84155073 REMAN E OUTROS - VEJA DESCRITIVO DE ITENS. - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>35616</t>
+          <t>34108</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA JOHN DEERE. - S/FR. - LOC. SERRA</t>
+          <t>DIVERSOS MÓVEIS E UTENSILIOS SUCATEADOS. - APROX. 2  PASTOL, 5 BEBEDOURO, 1 COFRE E 2 CATRACAS. - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>35617</t>
+          <t>34109</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA JOHN DEERE 3522. - FR101494. - LOC. SERRA </t>
+          <t>APROX. 8 TONELADAS DE TUBOS DE EVAPORAÇÃO SUCATEADOS. - ( VENDA POR KG) . - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>1,90</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>35619</t>
+          <t>34110</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA JOHN DEERE - S/FR - LOC. SERRA</t>
+          <t>LOTE CONTENDO 08 VÁLVULAS DE 8 POLEGADAS. - LOC. SANTA HELENA </t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>35625</t>
+          <t>34111</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO SANTAL VT12; ANO 2015. - FR17322. - LOC. SERRA </t>
+          <t>EQUIPAMENTOS DE LABORATÓRIO, APROX. 11 ITENS DIVERSOS.- NOBREAK, AGITADOR MAGNÉTICO E OUTROS. - VEJA DESTRITIVO DE ITENS - LOC. PARAISO/BROTAS </t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>35633</t>
+          <t>34112</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO CIVEMASA. - FR9004066. - LOC. PARAISO </t>
+          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2008/2008; BRANCA. - FR22065. - LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>35634</t>
+          <t>34113</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO CIVEMASA. - FR9004101. - LOC. PARAISO</t>
+          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2011/2012; BRANCA. - FR139294. - LOC. CAARAPÓ</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>31.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>35659</t>
+          <t>34114</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t> VW/KOMBI; ANO 2012/2013; BRANCA. - S/FR. - LOC. PARAISO </t>
+          <t>01 TRANSFORMADOR 1000 KVA. - N/A. - LOC. MARACAJU</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>3.250,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>35660</t>
+          <t>34115</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t> SUCATA DE CAMINHÃO MB GRUNNER ATR 220X; (QUEIMADO) VENDA S/ DOCUMENTO. - S/FR. - LOC. PARAISO </t>
+          <t>LOTE DE EQUIPAMENTOS DE LABORATÓRIO CONTENDO: PEÇAS DESFIBRADOR , ESTUFAS E OUTROS- VEJA DESCRITIVO DE ITENS . - LOC.PARAISO </t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>35661</t>
+          <t>34116</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VW/26.220 EURO3 WORKER; ANO 2010/2010; BRANCA; (MUNCK). - FR96611/72591. - LOC. SANTA CANDIDA </t>
+          <t>01 TANQUE DE 30M JAQUETADO. - FAB. PETRO AÇO, 01 SUMP METÁLICO FAB. PETRO AÇO. - ANO 2019. - PT.208422. - POSTO BONFIM - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>35662</t>
+          <t>34117</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t>CARROCERIA . - N/A. - FR98576. - LOC. BARRA </t>
+          <t>TANQUE DE 60M JAQUEADO - FAB. PETRO AÇO; ANO 2019. - PT. 208444. - POSTO LPT - LOC. LAGOA DA PRATA </t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>35663</t>
+          <t>35017</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE FEDERAL JET; ANO 2015/2015; CINZA. - FR71031. - LOC. BARRA </t>
+          <t>COLHEDORA JOHN DEERE CH670 2L - ANO 2016 - FR101502 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>40.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>35664</t>
+          <t>35079</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t> REB/FNV - FRUEHAUF RCR; ANO 1993/1993; AZUL. - FR96045. - LOC. BARRA </t>
+          <t>TRATOR CASE MAGNUM 260 - ANO 2017 - FR20349 - LOC. SANTA CÂNDIDA  </t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>60.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>35665</t>
+          <t>35081</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VW/31.320 CNC 6X4; ANO 2008/2008;BRANCA; (BASCULANTE). - FR360154/361806. - LOC. BARRA </t>
+          <t>TRATOR CASE MAGNUM 260 - ANO 2017 - FR20369 - LOC. SANTA CÂNDIDA </t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>60.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>35666</t>
+          <t>35103</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t> AGROMATÃO. - FR74903. - LOC. BARRA </t>
+          <t>SULCADOR DMB; ANO 2019. - PAT.103197 - LOC. BARRA</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>35667</t>
+          <t>35144</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t> CARRETA SERVIÇOS GERAIS. - FR1636/103697. - LOC. BARRA </t>
+          <t>CARRETA ESP. CALCÁRIO SOLLUS - ANO 2013 - FR361708. - DESINVESTIMENTO - LOC. ARARAQUARA </t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>2.750,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>35668</t>
+          <t>35160</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t> COLUNA/AQUECEDOR APROX. 6 MTS; (6X1 MED. APROX.) . - LOC. BARRA </t>
+          <t>TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2014 - FR10003189 - LOC. CONTINENTAL</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>35669</t>
+          <t>35164</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t> PASTEURIZADOR / TROCADOR DE CALOR. - PT357564. - LOC. BARRA </t>
+          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2013; CINZA. - FR121548. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>25.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>35670</t>
+          <t>35165</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t>COMPRESSOR DE AR. - S/FR. - LOC. BARRA  </t>
+          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2013; CINZA. - FR121583. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>25.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>35673</t>
+          <t>35175</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t> TORNO ROMI. - S/FR. - LOC. DIAMANTE </t>
+          <t> ÁREA DE VIVÊNCIA; ANO 2011. - FR14003576. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>35674</t>
+          <t>35178</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t> PLAINA INVICTUS. - S/FR.  LOC. DIAMANTE </t>
+          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2012; AZUL. - FR121537. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>35675</t>
+          <t>35179</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t> APROX. 200 PALLETS. - S/FR. - LOC. DIAMANTE </t>
+          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2012; AZUL. - FR121528. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
-          <t>100,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>35676</t>
+          <t>35193</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t> PIER/ PLATAFORMA FLUTUANATE. - S/FR. - LOC. DIAMANTE </t>
+          <t>REBOQUE FACCHINI RFRBC SUCATEADO ; ANO 1997/1997; CINZA. - FR13004119. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>8.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>35677</t>
+          <t>35197</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t> 02 PIER/ PLATAFORMA FLUTUANTE. - S/FR. - LOC. DIAMANTE </t>
+          <t>COLHEDORA CASE A 8810 1L - ANO 2019 - FR14002161 - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>82.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>35678</t>
+          <t>35223</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t>CARRETA P/ MANUTENÇÃO DE EMBARCAÇÃO, C/MOTOR E REDUTOR. - PT.193942/ 193944. - LOC. DIAMANTE </t>
+          <t>HIDROROLL; ANO 2005. - FR14003026. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>35679</t>
+          <t>35224</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
-          <t> MACACO HIDRÁULICO/ELÉTRICO P/ LEVANTE DE BARCAÇAS. - S/FR. - LOC. DIAMANTE </t>
+          <t>GRADE DESTORROADORA TATU; ANO 1999. - FR10003066. - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>35680</t>
+          <t>35225</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
-          <t>04 VARIMONT . - PT077350/176224/165951. - LOC.  DIAMANTE </t>
+          <t>SULCADOR 2 LIN. CIVEMASA; ANO 2019. - FR57428. - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>5.250,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>35681</t>
+          <t>35226</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
-          <t> SUCATA DE BORRACHA. - S/FR. - LOC. DIAMANTE </t>
+          <t>SULCADOR 2 LIN.CIVEMASA; ANO 2019. - FR134135. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>35682</t>
+          <t>35227</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
-          <t> ROLO DE PÉ DE CARNEIRO. - S/FR. - LOC. CONTINENTAL </t>
+          <t>CARROCERIA TANQUE GASCOM 15.000L. - N/E. - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>11.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>35683</t>
+          <t>35228</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
-          <t> ELIMINADOR DE SOQUEIRA. - FR140064. - LOC. CONTINENTAL </t>
+          <t>CARROCERIA TANQUE GASCOM 15.000L; ANO 2011. - SERIE 22546. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>11.500,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>35684</t>
+          <t>35229</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
-          <t> ELIMINADOR DE SOQUEIRA. - FR20914. - LOC. CONTINENTAL </t>
+          <t>TRANSBORDO SANTAL VT 10T; ANO 2011. - FR14003521. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t>35685</t>
+          <t>35231</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE (C/ HIDROROLL). - FR10005022. - LOC. CONTINENTAL </t>
+          <t>DISTRIB. TORTA FILTRO ATA1102; ANO 2018. - FR57372. - (DESINVESTIMENTO) LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
-          <t>35686</t>
+          <t>35231</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
-          <t> DOLLY. - FR11003082. - LOC. CONTINENTAL</t>
+          <t> DISTRIBUIDORA DE TORTA FILTRO ATA 1102 - ANO 2018 - FR57372 - (DESINVESTIMENTO) - LOC. BOM RETIRO</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
-          <t>35687</t>
+          <t>35316</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
-          <t> DOLLY. - FR10003045. - LOC. CONTINENTAL</t>
+          <t>TRANSBORDO SANTA IZABEL, MOD.TRSI 15000 - ANO 2013 - FR11003711. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
-          <t>35688</t>
+          <t>35318</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
-          <t> DOLLY. - FR10004167. - LOC. CONTINENTAL</t>
+          <t>TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003682. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
-          <t>35689</t>
+          <t>35330</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
-          <t> DOLLY. - FR10004137. - LOC. CONTINENTAL</t>
+          <t>HIDRO ROLL FERTIRRIGACAO MCA IRRIGABRASIL; ANO 2012. - TURBOMAQ 2012 - FR11003641. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>7.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
-          <t>35690</t>
+          <t>35350</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
-          <t> DOLLY. - FR1004155. - LOC. CONTINENTAL</t>
+          <t> CAMINHÃO VOLKSWAGEN EURO3 WORKER; ANO 2011/2012; BRANCA. - FR96652. - (VENDA SEM MOTOR) -  LOC. JUNQUEIRA</t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>21.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
-          <t>35691</t>
+          <t>35361</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
-          <t> DOLLY. - FR10004152 . - LOC. CONTINENTAL</t>
+          <t>TRANSBORDO CIVEMASA TRIDEN 13T; ANO 2006. - FR4004107. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
-          <t>35692</t>
+          <t>35362</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
-          <t> DOLLY. - FR10004140 . - LOC. CONTINENTAL</t>
+          <t>CARROCERIA MANUTENÇÃO DE PNEUS. - N/E. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
-          <t>35693</t>
+          <t>35363</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
-          <t>LOTE CONTENDO 14 CADEIRAS C/ BRAÇO, 02 CADEIRAS GIRÁTÓRIAS E 08 CADEIRAS; (TOTAL 24 UNDS). - S/FR. - LOC. CONTINENTAL </t>
+          <t>TRANSBORDO STA IZABEL TRIDEM 13T; ANO 2013. - FR11003729. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
-          <t>35694</t>
+          <t>35364</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE RODOFORT RR CN; ANO 2007/2007; AZUL; (C/ HIDROROLL). - FR1005009. - LOC. CONTINENTAL </t>
+          <t>TRANSBORDO STA IZABEL TRIDEM 13T; ANO 2014. - FR11003009. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>12.500,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
-          <t>35695</t>
+          <t>35366</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO M.BENZ/2423 K; ANO 2001/2001; BRANCA. - FR10001008. - ( BAÚ C/ ARMÁRIO DE AÇO E COMPRESSOR AR FALTANDO PEÇAS/PARTES)) - LOC. CONTINENTAL </t>
+          <t>SEMI REBOQUE RODOFORT SRR PL; ANO 2006/2006; AZUL. - FR10004001. - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
-          <t>35696</t>
+          <t>35367</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RODOFORT RR CN; ANO 2007/2007; AZUL; (C/ HIDROROLL). - FR1005010. - LOC. CONTINENTAL </t>
+          <t>SEMI REBOQUE RANDONSP SRCA CA; ANO 2013/2013; CINZA. - FR121560. - (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO). - LOC. SANTA ELISA </t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
-          <t>35697</t>
+          <t>35368</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RODOFORT RR CN; ANO 2006/2006; AZUL; (C/HIDROROLL). - FR1005012. - LOC. CONTINENTAL </t>
+          <t>COMPRESSOR WAYNE. - N/E. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
-          <t>35698</t>
+          <t>35416</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE SERGOMEL SRB 2E; ANO 2014/2014; (TANQUE DE FIBRA). - S/FR. - LOC.CONTINENTAL </t>
+          <t>TRANSBORDO CIVEMASA 10 TON - ANO 2008 - FR8003010 - LOC. LAGOA DA PRATA</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
-          <t>35699</t>
+          <t>35452</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VW/26.260 E; ANO 2008/2008; BRANCA; (MUNCK); (MOTOR DIVERGENTE DE FABRICA/ VENDA APENAS PARA COMPRADORES DO ESTADO DE SÃO PAULO). - FR1001006. - LOC. CONTINENTAL</t>
+          <t> CARRETA ABRIGO SUCATEADA FAB. PRÓPRIA. - S/FR. - (AREA EXTERNA - PÁTIO VINHAÇA) - LOC. BENALCOOL </t>
         </is>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
-          <t>35700</t>
+          <t>35457</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RODOFORT RR CN; ANO 2007/2007; AZUL; (C/HIDROROLL). - LOC.CONTINENTAL </t>
+          <t> TRANSBORDO SMR 10500 10T; ANO 2009. - FR55040. - (DESINVESTIMENTO) - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
-          <t>35701</t>
+          <t>35459</t>
         </is>
       </c>
       <c r="B105" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RODOFORT SR CP; ANO 2005. - FR14004284. - LOC. CONTINENTAL </t>
+          <t> TRANSBORDO SMR 10500 10T; ANO 2007. - FR38321. - ( DESINVESTIMENTO) - LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="5" t="inlineStr">
         <is>
-          <t>35702</t>
+          <t>35461</t>
         </is>
       </c>
       <c r="B106" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE SERGOMEL SRB 2E ; ANO 2014/2014; CINZA; ( TANQUE FIBRA). - FR97999. - LOC. CONTINENTAL </t>
+          <t> TRANSBORDO SMR 10500 10T; ANO 2007. - FR38317. - (DESINVESTIMENTO) LOC. BOM RETIRO </t>
         </is>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
-          <t>35703</t>
+          <t>35468</t>
         </is>
       </c>
       <c r="B107" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE TRUCK GALEGO SR; ANO 2004/2004; VERDE. - FR3604. - LOC. CONTINENTAL </t>
+          <t> DISTRIBUIDOR TORTA FILT 5,7M³ 40000KG/HA; ANO 2015. - FR67185. - (AGRÍCOLA)-  LOC. RAFARD</t>
         </is>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
-          <t>35704</t>
+          <t>35469</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE - FR4117. - LOC. CONTINENTAL </t>
+          <t> DISTRIB. TORTA DE FILTRO 2L; ANO 2015. - FR67187. - (Agricola) LOC. RAFARD</t>
         </is>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
-          <t>35705</t>
+          <t>35473</t>
         </is>
       </c>
       <c r="B109" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE/FNV - FRUEHAUF RCR; ANO 1992/1992; BRANCA. FR10004184. - LOC. CONTINENTAL </t>
+          <t>DISTR. DE TORTA DE FILTRO 2L; ANO 2015. - FR67184. - (AGRÍCOLA) - LOC. RAFARD </t>
         </is>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
-          <t>35706</t>
+          <t>35474</t>
         </is>
       </c>
       <c r="B110" s="4" t="inlineStr">
         <is>
-          <t>REBOQUE RANDON RQ CA; ANO 2007/2007; AZUL. - FR102013. - LOC. ZANIN</t>
+          <t>CARRETA CALCARIO SPANDER; ANO 2012. - FR37957. - (AGRÍCOLA) - LOC. RAFARD</t>
         </is>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="5" t="inlineStr">
         <is>
-          <t>35707</t>
+          <t>35478</t>
         </is>
       </c>
       <c r="B111" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO M.BENZ AXOR 3344. - FR10630. - LOC.ZANIN </t>
+          <t> FURADEIRA DE COLUNA SCHURLZ FSC32P. - (DESINVESTIMENTO) LOC. RAFARD </t>
         </is>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="5" t="inlineStr">
         <is>
-          <t>35708</t>
+          <t>35486</t>
         </is>
       </c>
       <c r="B112" s="4" t="inlineStr">
         <is>
-          <t>ESTRUTURA IMPLEMENTO. - FR122924. - LOC. ZANIN</t>
+          <t> DISTRIBUIDOR TORTA FILTRO ATA1102; ANO 2018. - FR57369. - (AUTOMOTIVO) LOC. SÃO FRANCISCO</t>
         </is>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="5" t="inlineStr">
         <is>
-          <t>35709</t>
+          <t>35494</t>
         </is>
       </c>
       <c r="B113" s="4" t="inlineStr">
         <is>
-          <t>COBRIDOR. - FR361225. - LOC. ZANIN </t>
+          <t>CARRETA ESP. CALC. SOLLUS; ANO 2006. - FR134003. - ( VINHAÇA CONCENTRADA) LOC.COSTA PINTO </t>
         </is>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>4.250,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="5" t="inlineStr">
         <is>
-          <t>35710</t>
+          <t>35495</t>
         </is>
       </c>
       <c r="B114" s="4" t="inlineStr">
         <is>
-          <t>COBRIDOR. - FR361227. - LOC.ZANIN </t>
+          <t>CARRETA ESP. CALC. SOLLUS; ANO 2012. - FR57312. - ( VINHAÇA CONCENTRADA) - LOC.COSTA PINTO </t>
         </is>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>3.750,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="5" t="inlineStr">
         <is>
-          <t>35711</t>
+          <t>35496</t>
         </is>
       </c>
       <c r="B115" s="4" t="inlineStr">
         <is>
-          <t>SUCATA CAMINHÃO BAÚ C/ARMARIOS DE AÇO E GERADOR( VENDA S/ DIREITO A DOC.). - FR14801179. -  LOC. ZANIN </t>
+          <t> CARRETA DIS. TORTA SPANDER; ANO 2011. - FR67162. - ( VINHAÇA CONCENTRADA) - LOC.COSTA PINTO </t>
         </is>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="5" t="inlineStr">
         <is>
-          <t>35712</t>
+          <t>35556</t>
         </is>
       </c>
       <c r="B116" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO VW/15180 EURO3 WORKER; ANO 2011/2012; BRANCA; (FALTANDO CÂMBIO). - FR360447. - LOC. ZANIN</t>
+          <t>COLHEDORA JOHN DEERE 3522; ANO 2014. - FR91515. - (PÁTIO PLANTIO) - LOC. GASA </t>
         </is>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="5" t="inlineStr">
         <is>
-          <t>35713</t>
+          <t>35560</t>
         </is>
       </c>
       <c r="B117" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO VW/15.190 WORKER; ANO 2012/2013; BRANCA; ( FALTANDO CÂMBIO). - FR360466. - LOC. ZANIN</t>
+          <t>TRATOR CASE MX 260 MAGNUM 4X4; ANO 2017. - FR112218. - (PÁTIO DESINVESTIMENTO) - LOC. GASA </t>
         </is>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>80.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="5" t="inlineStr">
         <is>
-          <t>35714</t>
+          <t>35566</t>
         </is>
       </c>
       <c r="B118" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2011/2012; BRANCA; (FALTANDO CÂMBIO) . - FR96653. - LOC. ZANIN </t>
+          <t>BOBINA DE CABO DE COBRE 3 VIAS - APROX. 30 KG. - (VENDA POR KG). - PATIO DESINVESTIMENTO - LOC. GASA</t>
         </is>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>3,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="5" t="inlineStr">
         <is>
-          <t>35715</t>
+          <t>35567</t>
         </is>
       </c>
       <c r="B119" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO VW/26.220 EURO3 WORKER; ANO 2010/2010; BRANCA. - FR131214. - LOC. SERRA </t>
+          <t>ESTEIRA DE COLHEDORA SUCATEADA  APROX. 4 TON. ( VENDA POR KG). - PATIO DESINVESTIMENTO - LOC. GASA</t>
         </is>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>1,40</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="5" t="inlineStr">
         <is>
-          <t>35716</t>
+          <t>35568</t>
         </is>
       </c>
       <c r="B120" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2006/2006; BRANCA. - FR10094. - LOC. SERRA </t>
+          <t>MOTO BOMBA; ANO 2010. - FR164842. - PATIO MODAL - LOC. GASA </t>
         </is>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>5.500,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="5" t="inlineStr">
         <is>
-          <t>35717</t>
+          <t>35569</t>
         </is>
       </c>
       <c r="B121" s="4" t="inlineStr">
         <is>
-          <t>06 EIXOS JD. - S/FR. - LOC. SERRA </t>
+          <t>HIDRO ROLL; ANO 2008. - FR164837. - OFICINA MANUTENÇÃO - LOC. GASA</t>
         </is>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="5" t="inlineStr">
         <is>
-          <t>35718</t>
+          <t>35570</t>
         </is>
       </c>
       <c r="B122" s="4" t="inlineStr">
         <is>
-          <t>3 ELEVADOR, 1 CX OLEO, 4 PEÇAS ESTRIBO, 2 ESTRUTURA C/BOJO, 4 PEÇAS COLHEDORA. - NA. - LOC. SERRA </t>
+          <t>TRATOR PNEU SUCATEADO; ANO 2018. - FR49640. - PATIO DESINVESTIMENTO - LOC. DESTIVALE </t>
         </is>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="5" t="inlineStr">
         <is>
-          <t>35800</t>
+          <t>35571</t>
         </is>
       </c>
       <c r="B123" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RODOVIARIA RQ CI PR; ANO 1994/1994; VERDE. - FR11004031. - LOC. SANTAELISA </t>
+          <t>LOTE CONTENDO SUCATA DE APROX. 60 MOTORES ELÉTRICOS DE MÉDIO E PEQUENO PORTE. - S/N. - PÁTIO EQUIP. INDUSTRIAIS - LOC. MARACAI </t>
         </is>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>11.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="5" t="inlineStr">
         <is>
-          <t>35802</t>
+          <t>35572</t>
         </is>
       </c>
       <c r="B124" s="4" t="inlineStr">
         <is>
-          <t> S.REBOQUE RANDONSP SRCA CA; ANO 2012/2013; CINZA. - FR121584. - LOC. SANTA ELISA</t>
+          <t>APROX. 100 PLACAS DE TROCADOR DE CALOR INOX. - S/N - PÁTIO EQUIP. INDUSTRIAIS - LOC. MARACAI</t>
         </is>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="5" t="inlineStr">
         <is>
-          <t>35803</t>
+          <t>35577</t>
         </is>
       </c>
       <c r="B125" s="4" t="inlineStr">
         <is>
-          <t> REB/FNV- FRUEHAUF; ANO 1989/1989; BRANCA. - 1400459. - LOC. SANTA ELISA</t>
+          <t>CAMINHÃO VOLVO/N10 TURBO II; ANO 1988/1988; VERMELHA. - FR240015. - INDUSTRIA - LOC. MARACAI </t>
         </is>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>25.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="5" t="inlineStr">
         <is>
-          <t>35804</t>
+          <t>35578</t>
         </is>
       </c>
       <c r="B126" s="4" t="inlineStr">
         <is>
-          <t> TANQUE. - FR1000027. - LOC. SANTA ELISA </t>
+          <t>ESTUFA DE ELETROUDOS. - N/E. - DEPÓSITO SETOR CIVIL - LOC. MARACAI </t>
         </is>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="5" t="inlineStr">
         <is>
-          <t>35805</t>
+          <t>35580</t>
         </is>
       </c>
       <c r="B127" s="4" t="inlineStr">
         <is>
-          <t> BAU . - S/ID. - LOC. SANTA ELISA </t>
+          <t>COLHEDORA CANA JHON DEERE 3522; ANO 2014. - FR91516. - PATIO DESINVESTIMENTO - LOC. DESTIVALE </t>
         </is>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="5" t="inlineStr">
         <is>
-          <t>35806</t>
+          <t>35581</t>
         </is>
       </c>
       <c r="B128" s="4" t="inlineStr">
         <is>
-          <t> CARROCERIA . - FR98751. - LOC. SANTA ELISA </t>
+          <t>ENXADA ROT. L CH3470DT 48L; ANO 2014. - FR91496. - PÀTIO AGRÍCOLA - LOC.DESTIVALE  </t>
         </is>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="5" t="inlineStr">
         <is>
-          <t>35807</t>
+          <t>35586</t>
         </is>
       </c>
       <c r="B129" s="4" t="inlineStr">
         <is>
-          <t> MUNCK . - S/ID. - LOC. SANTA ELISA </t>
+          <t> TRANSBORDO ATA 12000; ANO 2015. - FR188713. -(PATIO CCT). - LOC. GASA </t>
         </is>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="5" t="inlineStr">
         <is>
-          <t>35808</t>
+          <t>35587</t>
         </is>
       </c>
       <c r="B130" s="4" t="inlineStr">
         <is>
-          <t> BAU. - S/FR. - LOC. VALE DO ROSÁRIO </t>
+          <t> TRANSBORDO ATA 12000; ANO 2015. - FR188714. -(PATIO CCT). - LOC. GASA </t>
         </is>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="5" t="inlineStr">
         <is>
-          <t>35809</t>
+          <t>35588</t>
         </is>
       </c>
       <c r="B131" s="4" t="inlineStr">
         <is>
-          <t> TANQUE GASCOM. - S/FR. -  LOC. VALE DO ROSÁRIO </t>
+          <t> COLHEDORA  JOHN DEERE 3522; ANO 2015. - FR188011. -(PÁTIO DESINVESTIMENTO). - LOC. GASA </t>
         </is>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="5" t="inlineStr">
         <is>
-          <t>35810</t>
+          <t>35606</t>
         </is>
       </c>
       <c r="B132" s="4" t="inlineStr">
         <is>
-          <t> MUNCK. -S/FR. - LOC. VALE DO ROSÁRIO </t>
+          <t> COLHEDORA JOHN DEERE 3522 SUCATEADA; ANO 2012. - FR101484. - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="5" t="inlineStr">
         <is>
-          <t>35811</t>
+          <t>35613</t>
         </is>
       </c>
       <c r="B133" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2013; CINZA. - FR121552. - LOC. VALE DO ROSÁRIO </t>
+          <t> COLHEDORA JOHN DEERE 3522; SUCATEADA. - S/FR. - LOC. SERRA </t>
         </is>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="5" t="inlineStr">
         <is>
-          <t>35812</t>
+          <t>35616</t>
         </is>
       </c>
       <c r="B134" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2013; CINZA. - FR121549. - LOC. VALE DO ROSÁRIO </t>
+          <t> COLHEDORA JOHN DEERE. - S/FR. - LOC. SERRA</t>
         </is>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="5" t="inlineStr">
         <is>
-          <t>35813</t>
+          <t>35617</t>
         </is>
       </c>
       <c r="B135" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RANDONSP RQ CA; ANO 2010/2010; AZUL. - FR96714. - LOC. VALE DO ROSÁRIO </t>
+          <t>COLHEDORA JOHN DEERE 3522 2 L. -ANO 2013. - FR101494. - DESINVESTIMENTO - LOC. SERRA </t>
         </is>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="5" t="inlineStr">
         <is>
-          <t>35814</t>
+          <t>35619</t>
         </is>
       </c>
       <c r="B136" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2013/2014. - FR88669. - LOC. VALE DO ROSÁRIO </t>
+          <t>COLHEDORA JOHN DEERE - S/FR - LOC. SERRA</t>
         </is>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="5" t="inlineStr">
         <is>
-          <t>35815</t>
+          <t>35622</t>
         </is>
       </c>
       <c r="B137" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RANDONSP RQ CA; ANO 2013/2014. - FR88539. - LOC. VALE DO ROSÁRIO </t>
+          <t>DISTRIBUIDOR TORTA FILTRO ATA 1102; ANO 2018. - FR20877. - DESINVESTIMENTO - LOC. SERRA </t>
         </is>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="5" t="inlineStr">
         <is>
-          <t>35816</t>
+          <t>35625</t>
         </is>
       </c>
       <c r="B138" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2013; CINZA. - FR121543. - LOC. VALE DO ROSÁRIO </t>
+          <t> TRANSBORDO SANTAL 12 T; ANO 2015. - FR17322. - DESINVESTIMENTO. - LOC. SERRA </t>
         </is>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="5" t="inlineStr">
         <is>
-          <t>35817</t>
+          <t>35633</t>
         </is>
       </c>
       <c r="B139" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2012. - FR70382. -  LOC. VALE DO ROSÁRIO </t>
+          <t> TRANSBORDO CIVEMASA; ANO 2008. - FR9004066. - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="5" t="inlineStr">
         <is>
-          <t>35818</t>
+          <t>35634</t>
         </is>
       </c>
       <c r="B140" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RANDON SRCA CA; ANO 2008/2008; AZUL. - FR96225. - LOC. VALE DO ROSÁRIO </t>
+          <t> TRANSBORDO CIVEMASA; ANO 2008. - FR9004101. - LOC. PARAISO</t>
         </is>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="5" t="inlineStr">
         <is>
-          <t>35819</t>
+          <t>35650</t>
         </is>
       </c>
       <c r="B141" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2012. - FR10916. - LOC. VALE DO ROSÁRIO </t>
+          <t>VEJA VÍDEO!! CAMINHÃO VOLKSWAGEN/26.220 EURO3 WORKER; ANO 2011/2012; BRANCA. -(TANQUE FIBRA). - FR96643. - LOC. IPAUSSU</t>
         </is>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>80.000,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="5" t="inlineStr">
         <is>
-          <t>35820</t>
+          <t>35660</t>
         </is>
       </c>
       <c r="B142" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2013. - FR121557. - LOC. VALE DO ROSÁRIO </t>
+          <t> SUCATA DE CAMINHÃO MB GRUNNER ATR 220X; (QUEIMADO) VENDA S/ DOCUMENTO. - S/FR. - LOC. PARAISO </t>
         </is>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>6.500,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="5" t="inlineStr">
         <is>
-          <t>35821</t>
+          <t>35661</t>
         </is>
       </c>
       <c r="B143" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2013; CINZA. - FR121544. - LOC. VALE DO ROSÁRIO </t>
+          <t> CAMINHÃO VW/26.220 EURO3 WORKER; ANO 2010/2010; BRANCA; (MUNCK). - FR96611/72591. - LOC. SANTA CANDIDA </t>
         </is>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>17</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>100.000,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="5" t="inlineStr">
         <is>
-          <t>35822</t>
+          <t>35662</t>
         </is>
       </c>
       <c r="B144" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2012. - FR10908. -  LOC. VALE DO ROSÁRIO </t>
+          <t>CARROCERIA; ANO 2002. - FR98576. - LOC. BARRA </t>
         </is>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="5" t="inlineStr">
         <is>
-          <t>35823</t>
+          <t>35663</t>
         </is>
       </c>
       <c r="B145" s="4" t="inlineStr">
         <is>
-          <t> SEMI REBOQUE RANDON SP SRCA CA; ANO 2012/2012. - FR10933. - LOC. VALE DO ROSÁRIO </t>
+          <t> REBOQUE FEDERAL JET; ANO 2015/2015; CINZA. - FR71031. - LOC. BARRA </t>
         </is>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="5" t="inlineStr">
         <is>
-          <t>35824</t>
+          <t>35664</t>
         </is>
       </c>
       <c r="B146" s="4" t="inlineStr">
         <is>
-          <t> PRENSA. - FR9303. -  LOC. VALE DO ROSÁRIO </t>
+          <t> REB/FNV - FRUEHAUF RCR; ANO 1993/1993; AZUL. - FR96045. - LOC. BARRA </t>
         </is>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="5" t="inlineStr">
         <is>
-          <t>35825</t>
+          <t>35665</t>
         </is>
       </c>
       <c r="B147" s="4" t="inlineStr">
         <is>
-          <t> TANQUE GASCOM. - FR1443. - LOC. VALE DO ROSÁRIO </t>
+          <t> CAMINHÃO VW/31.320 CNC 6X4; ANO 2008/2008;BRANCA; (BASCULANTE). - FR360154/361806. - LOC. BARRA </t>
         </is>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>15</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>75.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="5" t="inlineStr">
         <is>
-          <t>35826</t>
+          <t>35666</t>
         </is>
       </c>
       <c r="B148" s="4" t="inlineStr">
         <is>
-          <t> GRADE. - FR11003674. - LOC. VALE DO ROSÁRIO </t>
+          <t> AGROMATÃO; ANO 2021. - FR74903. - LOC. BARRA </t>
         </is>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="5" t="inlineStr">
         <is>
-          <t>35827</t>
+          <t>35667</t>
         </is>
       </c>
       <c r="B149" s="4" t="inlineStr">
         <is>
-          <t> GRADE. - FR11003366. - LOC. VALE DO ROSÁRIO </t>
+          <t> CARRETA SERVIÇOS GERAIS. - FR1636/103697. - LOC. BARRA </t>
         </is>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="5" t="inlineStr">
         <is>
-          <t>35828</t>
+          <t>35668</t>
         </is>
       </c>
       <c r="B150" s="4" t="inlineStr">
         <is>
-          <t> MARCHESAN LTA 5000. -FR11003754. - LOC. VALE DO ROSÁRIO </t>
+          <t> COLUNA/AQUECEDOR APROX. 6 MTS; (6X1 MED. APROX.) . - LOC. BARRA </t>
         </is>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>5.750,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
-          <t>200.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="5" t="inlineStr">
         <is>
-          <t>35829</t>
+          <t>35669</t>
         </is>
       </c>
       <c r="B151" s="4" t="inlineStr">
         <is>
-          <t> REBOQUE RODOVIÁRIA RQ CI HI; ANO 1995/1995; VERDE. - FR11004321. -  LOC. VALE DO ROSÁRIO </t>
+          <t> PASTEURIZADOR / TROCADOR DE CALOR. - PT357564. - LOC. BARRA </t>
         </is>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="5" t="inlineStr">
         <is>
-          <t>35830</t>
+          <t>35670</t>
         </is>
       </c>
       <c r="B152" s="4" t="inlineStr">
         <is>
-          <t> PLANTADORA. - FR11003622. - LOC. VALE DO ROSÁRIO </t>
+          <t>COMPRESSOR DE AR. - S/FR. - LOC. BARRA  </t>
         </is>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="5" t="inlineStr">
         <is>
-          <t>35831</t>
+          <t>35673</t>
         </is>
       </c>
       <c r="B153" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA. - FR11802285. - LOC. VALE DO ROSÁRIO </t>
+          <t> TORNO ROMI. - S/FR. - LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>15</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>9.250,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="5" t="inlineStr">
         <is>
-          <t>35832</t>
+          <t>35674</t>
         </is>
       </c>
       <c r="B154" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA. - FR11002208. - LOC. VALE DO ROSÁRIO </t>
+          <t> PLAINA INVICTUS. - S/FR.  LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="5" t="inlineStr">
         <is>
-          <t>35833</t>
+          <t>35675</t>
         </is>
       </c>
       <c r="B155" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA. - FR11002199. - LOC. VALE DO ROSÁRIO </t>
+          <t> APROX. 200 PALLETS. - S/FR. - LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>100,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="5" t="inlineStr">
         <is>
-          <t>35834</t>
+          <t>35676</t>
         </is>
       </c>
       <c r="B156" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA. - FR11002202. - LOC. VALE DO ROSÁRIO </t>
+          <t> PIER/ PLATAFORMA FLUTUANATE. - S/FR. - LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="5" t="inlineStr">
         <is>
-          <t>35900</t>
+          <t>35677</t>
         </is>
       </c>
       <c r="B157" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO CIVEMASA TAC 13000 - ANO 2008 - FR9004059 - LOC. PASSATEMPO</t>
+          <t> 02 PIER/ PLATAFORMA FLUTUANTE. - S/FR. - LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>50.000,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="5" t="inlineStr">
         <is>
-          <t>35902</t>
+          <t>35678</t>
         </is>
       </c>
       <c r="B158" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO CIVEMASA TAC 13000 - 2008 - FR9004120 - LOC. PASSATEMPO</t>
+          <t>CARRETA P/ MANUTENÇÃO DE EMBARCAÇÃO, C/MOTOR E REDUTOR. - PT.193942/ 193944. - LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="5" t="inlineStr">
         <is>
-          <t>35913</t>
+          <t>35679</t>
         </is>
       </c>
       <c r="B159" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO CIVEMASA TAC 13000 - ANO 2008 - FR9004094 - LOC. RIO BRILHANTE </t>
+          <t> MACACO HIDRÁULICO/ELÉTRICO P/ LEVANTE DE BARCAÇAS. - S/FR. - LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="5" t="inlineStr">
         <is>
-          <t>35915</t>
+          <t>35680</t>
         </is>
       </c>
       <c r="B160" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO CIVEMASA TAC 13000 2008 - FR5004812 - LOC. PASSATEMPO</t>
+          <t>APROX. 04 VARIADORES DE VELOCIDADE VARIMONT  . - PT077350/176224/165951. - LOC.  DIAMANTE </t>
         </is>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.750,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="5" t="inlineStr">
         <is>
-          <t>35917</t>
+          <t>35681</t>
         </is>
       </c>
       <c r="B161" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO CIVEMASA TAC 13000 2008 -FR5004734 - LOC. PASSATEMPO</t>
+          <t> SUCATA DE BORRACHA. - S/FR. - LOC. DIAMANTE </t>
         </is>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="5" t="inlineStr">
         <is>
-          <t>35947</t>
+          <t>35682</t>
         </is>
       </c>
       <c r="B162" s="4" t="inlineStr">
         <is>
-          <t> TRANSBORDO CIVEMASA TRIDEM 13T; ANO 2016. - FR4445239. - (DESINVESTIMENTO). - LOC. JATAI/GO </t>
+          <t> ROLO DE PÉ DE CARNEIRO. - S/FR. - LOC. CONTINENTAL </t>
         </is>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="5" t="inlineStr">
         <is>
-          <t>35951</t>
+          <t>35683</t>
         </is>
       </c>
       <c r="B163" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO CIVEMASA TRIDEM 13T; ANO 2016. - FR4445254. - LOC. JATAI/GO </t>
+          <t> ELIMINADOR DE SOQUEIRA; ANO 2018. - FR140064. - LOC. CONTINENTAL </t>
         </is>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="5" t="inlineStr">
         <is>
-          <t>35957</t>
+          <t>35684</t>
         </is>
       </c>
       <c r="B164" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO CIVEMASA TRIDEM 13T; ANO 2016. - FR4445249. - LOC. JATAI/GO</t>
+          <t> ELIMINADOR DE SOQUEIRA; ANO 2018. - FR20914. - LOC. CONTINENTAL </t>
         </is>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="5" t="inlineStr">
         <is>
+          <t>35685</t>
+        </is>
+      </c>
+      <c r="B165" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE (C/ HIDROROLL); ANO 2015. - FR10005022. - LOC. CONTINENTAL </t>
+        </is>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="inlineStr">
+        <is>
+          <t>35687</t>
+        </is>
+      </c>
+      <c r="B166" s="4" t="inlineStr">
+        <is>
+          <t> DOLLY; ANO 2004. - FR10003045. - LOC. CONTINENTAL</t>
+        </is>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="inlineStr">
+        <is>
+          <t>35689</t>
+        </is>
+      </c>
+      <c r="B167" s="4" t="inlineStr">
+        <is>
+          <t> DOLLY; ANO 2004. - FR10004137. - LOC. CONTINENTAL</t>
+        </is>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="inlineStr">
+        <is>
+          <t>35691</t>
+        </is>
+      </c>
+      <c r="B168" s="4" t="inlineStr">
+        <is>
+          <t> DOLLY; ANO 2004. - FR10004152 . - LOC. CONTINENTAL</t>
+        </is>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="inlineStr">
+        <is>
+          <t>35693</t>
+        </is>
+      </c>
+      <c r="B169" s="4" t="inlineStr">
+        <is>
+          <t>LOTE CONTENDO 14 CADEIRAS C/ BRAÇO, 02 CADEIRAS GIRÁTÓRIAS E 08 CADEIRAS; (TOTAL 24 UNDS). - S/FR. - LOC. CONTINENTAL </t>
+        </is>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="inlineStr">
+        <is>
+          <t>35694</t>
+        </is>
+      </c>
+      <c r="B170" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE RODOFORT RR CN; ANO 2007/2007; AZUL; (C/ HIDROROLL). - FR1005009. - LOC. CONTINENTAL </t>
+        </is>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="inlineStr">
+        <is>
+          <t>35695</t>
+        </is>
+      </c>
+      <c r="B171" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO M.BENZ/2423 K; ANO 2001/2001; BRANCA. - FR10001008. - ( BAÚ C/ ARMÁRIO DE AÇO E COMPRESSOR AR FALTANDO PEÇAS/PARTES)) - LOC. CONTINENTAL </t>
+        </is>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="inlineStr">
+        <is>
+          <t>35696</t>
+        </is>
+      </c>
+      <c r="B172" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE RODOFORT RR CN; ANO 2007/2007; AZUL; (C/ HIDROROLL). - FR1005010. - LOC. CONTINENTAL </t>
+        </is>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="inlineStr">
+        <is>
+          <t>35697</t>
+        </is>
+      </c>
+      <c r="B173" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE RODOFORT RR CN; ANO 2006/2006; AZUL; (C/HIDROROLL). - FR1005012. - LOC. CONTINENTAL </t>
+        </is>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="inlineStr">
+        <is>
+          <t>35698</t>
+        </is>
+      </c>
+      <c r="B174" s="4" t="inlineStr">
+        <is>
+          <t> SEMI REBOQUE SERGOMEL SRB 2E; ANO 2014/2014; (TANQUE DE FIBRA). - S/FR. - LOC.CONTINENTAL </t>
+        </is>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="inlineStr">
+        <is>
+          <t>35699</t>
+        </is>
+      </c>
+      <c r="B175" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO VW/26.260 E; ANO 2008/2008; BRANCA; (MUNCK); (MOTOR DIVERGENTE DE FABRICA/ VENDA APENAS PARA COMPRADORES DO ESTADO DE SÃO PAULO). - FR1001006. - LOC. CONTINENTAL</t>
+        </is>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="inlineStr">
+        <is>
+          <t>35700</t>
+        </is>
+      </c>
+      <c r="B176" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE RODOFORT RR CN; ANO 2007/2007; AZUL; (C/HIDROROLL). - LOC.CONTINENTAL </t>
+        </is>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="inlineStr">
+        <is>
+          <t>35701</t>
+        </is>
+      </c>
+      <c r="B177" s="4" t="inlineStr">
+        <is>
+          <t> SEMI REBOQUE RODOFORT SRR CN; ANO 2005/2005; AZUL. - FR14004284. - LOC. CONTINENTAL </t>
+        </is>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="inlineStr">
+        <is>
+          <t>35702</t>
+        </is>
+      </c>
+      <c r="B178" s="4" t="inlineStr">
+        <is>
+          <t> SEMI REBOQUE SERGOMEL SRB 2E ; ANO 2014/2014; CINZA; ( TANQUE FIBRA). - FR97999. - LOC. CONTINENTAL </t>
+        </is>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="inlineStr">
+        <is>
+          <t>35703</t>
+        </is>
+      </c>
+      <c r="B179" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE TRUCK GALEGO SR; ANO 2004/2004; VERDE. - FR3604. - LOC. CONTINENTAL </t>
+        </is>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="inlineStr">
+        <is>
+          <t>35704</t>
+        </is>
+      </c>
+      <c r="B180" s="4" t="inlineStr">
+        <is>
+          <t>SEMI REBOQUE RANDON SR CA; ANO 2006/2007; AZUL. - FR4117. - LOC. CONTINENTAL </t>
+        </is>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="inlineStr">
+        <is>
+          <t>35705</t>
+        </is>
+      </c>
+      <c r="B181" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE/FNV - FRUEHAUF RCR; ANO 1992/1992; BRANCA. FR10004184. - LOC. CONTINENTAL </t>
+        </is>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="inlineStr">
+        <is>
+          <t>35706</t>
+        </is>
+      </c>
+      <c r="B182" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE RANDON RQ CA; ANO 2007/2007; AZUL. - FR102013. - DESINVESTIMENTO - LOC. ARARAQUARA </t>
+        </is>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="inlineStr">
+        <is>
+          <t>35707</t>
+        </is>
+      </c>
+      <c r="B183" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO M.BENZ AXOR 3344 6X4; ANO 2013/2013; BRANCA. - FR10630. - DESINVESTIMENTO. - LOC.ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="inlineStr">
+        <is>
+          <t>35711</t>
+        </is>
+      </c>
+      <c r="B184" s="4" t="inlineStr">
+        <is>
+          <t>SUCATA CAMINHÃO BAÚ C/ARMARIOS DE AÇO E GERADOR; ANO 2011. -( VENDA S/ DIREITO A DOC.). - FR14801179. -  LOC. ZANIN </t>
+        </is>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="inlineStr">
+        <is>
+          <t>35712</t>
+        </is>
+      </c>
+      <c r="B185" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/15180 EURO3 WORKER; ANO 2011/2012; BRANCA; (FALTANDO CÂMBIO). - (OFICINA) FR360447/ FR361445. - DESINVESTIMENTO - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="inlineStr">
+        <is>
+          <t>35713</t>
+        </is>
+      </c>
+      <c r="B186" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/15.190 WORKER; ANO 2012/2013; BRANCA; OFICINA ( FALTANDO CÂMBIO). - FR119924/FR121614. -(AUTOMOTIVO) - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="inlineStr">
+        <is>
+          <t>35714</t>
+        </is>
+      </c>
+      <c r="B187" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2011/2012; BRANCA; (FALTANDO CÂMBIO); (OFICINA). -  FR96653/FR361726. - AUTOMOTIVO - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="inlineStr">
+        <is>
+          <t>35715</t>
+        </is>
+      </c>
+      <c r="B188" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/26.220 EURO3 WORKER; ANO 2010/2010; BRANCA; (OFICINA). -FR131214. - DESINVESTIMENTO - LOC. SERRA </t>
+        </is>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="inlineStr">
+        <is>
+          <t>35716</t>
+        </is>
+      </c>
+      <c r="B189" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2006/2006; BRANCA; (OFICINA) . - FR10094. - DESINVESTIMENTO - LOC. SERRA </t>
+        </is>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="inlineStr">
+        <is>
+          <t>35802</t>
+        </is>
+      </c>
+      <c r="B190" s="4" t="inlineStr">
+        <is>
+          <t> S.REBOQUE RANDONSP SRCA CA; ANO 2012/2013; CINZA. - FR121584. - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="inlineStr">
+        <is>
+          <t>35804</t>
+        </is>
+      </c>
+      <c r="B191" s="4" t="inlineStr">
+        <is>
+          <t> TANQUE. - FR1000027. - LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="inlineStr">
+        <is>
+          <t>35805</t>
+        </is>
+      </c>
+      <c r="B192" s="4" t="inlineStr">
+        <is>
+          <t> BAU . - S/ID. - LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="inlineStr">
+        <is>
+          <t>35806</t>
+        </is>
+      </c>
+      <c r="B193" s="4" t="inlineStr">
+        <is>
+          <t> CARROCERIA; ANO 2000 . - FR98751. - LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="inlineStr">
+        <is>
+          <t>35807</t>
+        </is>
+      </c>
+      <c r="B194" s="4" t="inlineStr">
+        <is>
+          <t> MUNCK . - S/ID. - LOC. SANTA ELISA </t>
+        </is>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="inlineStr">
+        <is>
+          <t>35808</t>
+        </is>
+      </c>
+      <c r="B195" s="4" t="inlineStr">
+        <is>
+          <t> BAU. - S/FR. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="inlineStr">
+        <is>
+          <t>35809</t>
+        </is>
+      </c>
+      <c r="B196" s="4" t="inlineStr">
+        <is>
+          <t> TANQUE GASCOM. - S/FR. -  LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="inlineStr">
+        <is>
+          <t>35810</t>
+        </is>
+      </c>
+      <c r="B197" s="4" t="inlineStr">
+        <is>
+          <t> MUNCK. -S/FR. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="inlineStr">
+        <is>
+          <t>35811</t>
+        </is>
+      </c>
+      <c r="B198" s="4" t="inlineStr">
+        <is>
+          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2013; CINZA. - FR121552. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="inlineStr">
+        <is>
+          <t>35812</t>
+        </is>
+      </c>
+      <c r="B199" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2013; CINZA. - FR121549. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="inlineStr">
+        <is>
+          <t>35813</t>
+        </is>
+      </c>
+      <c r="B200" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE RANDONSP RQ CA; ANO 2010/2010; AZUL. - FR96714. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="inlineStr">
+        <is>
+          <t>35814</t>
+        </is>
+      </c>
+      <c r="B201" s="4" t="inlineStr">
+        <is>
+          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2013/2014. - FR88669. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="inlineStr">
+        <is>
+          <t>35815</t>
+        </is>
+      </c>
+      <c r="B202" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE RANDONSP RQ CA; ANO 2013/2014. - FR88539. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="inlineStr">
+        <is>
+          <t>35816</t>
+        </is>
+      </c>
+      <c r="B203" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2013; CINZA. - FR121543. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="inlineStr">
+        <is>
+          <t>35817</t>
+        </is>
+      </c>
+      <c r="B204" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2012. - FR70382. -  LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="inlineStr">
+        <is>
+          <t>35818</t>
+        </is>
+      </c>
+      <c r="B205" s="4" t="inlineStr">
+        <is>
+          <t> SEMI REBOQUE RANDON SRCA CA; ANO 2008/2008; AZUL. - FR96225. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="inlineStr">
+        <is>
+          <t>35819</t>
+        </is>
+      </c>
+      <c r="B206" s="4" t="inlineStr">
+        <is>
+          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2012. - FR10916. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="inlineStr">
+        <is>
+          <t>35820</t>
+        </is>
+      </c>
+      <c r="B207" s="4" t="inlineStr">
+        <is>
+          <t> SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2013. - FR121557. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="inlineStr">
+        <is>
+          <t>35821</t>
+        </is>
+      </c>
+      <c r="B208" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2013; CINZA. - FR121544. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="inlineStr">
+        <is>
+          <t>35822</t>
+        </is>
+      </c>
+      <c r="B209" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE RANDONSP RQ CA; ANO 2012/2012. - FR10908. -  LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="inlineStr">
+        <is>
+          <t>35823</t>
+        </is>
+      </c>
+      <c r="B210" s="4" t="inlineStr">
+        <is>
+          <t> SEMI REBOQUE RANDON SP SRCA CA; ANO 2012/2012. - FR10933. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="inlineStr">
+        <is>
+          <t>35824</t>
+        </is>
+      </c>
+      <c r="B211" s="4" t="inlineStr">
+        <is>
+          <t> PRENSA. - FR9303. -  LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="inlineStr">
+        <is>
+          <t>35825</t>
+        </is>
+      </c>
+      <c r="B212" s="4" t="inlineStr">
+        <is>
+          <t> TANQUE GASCOM. - FR1443. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="inlineStr">
+        <is>
+          <t>35826</t>
+        </is>
+      </c>
+      <c r="B213" s="4" t="inlineStr">
+        <is>
+          <t> GRADE; ANO 2013. - FR11003674. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="inlineStr">
+        <is>
+          <t>35827</t>
+        </is>
+      </c>
+      <c r="B214" s="4" t="inlineStr">
+        <is>
+          <t> GRADE; ANO 2005. - FR11003366. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="inlineStr">
+        <is>
+          <t>35828</t>
+        </is>
+      </c>
+      <c r="B215" s="4" t="inlineStr">
+        <is>
+          <t> MARCHESAN LTA 5000; ANO 2014. -FR11003754. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>11.400,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="inlineStr">
+        <is>
+          <t>35829</t>
+        </is>
+      </c>
+      <c r="B216" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE RODOVIÁRIA RQ CI HI; ANO 1995/1995; VERDE. - FR11004321. -  LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="inlineStr">
+        <is>
+          <t>35830</t>
+        </is>
+      </c>
+      <c r="B217" s="4" t="inlineStr">
+        <is>
+          <t> PLANTADORA; ANO 2011. - FR11003622. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="inlineStr">
+        <is>
+          <t>35831</t>
+        </is>
+      </c>
+      <c r="B218" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA; ANO 2017. - FR11802285. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="inlineStr">
+        <is>
+          <t>35833</t>
+        </is>
+      </c>
+      <c r="B219" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA; ANO 2017. - FR11002199. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="inlineStr">
+        <is>
+          <t>35900</t>
+        </is>
+      </c>
+      <c r="B220" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO CIVEMASA TAC 13000 - ANO 2008 - FR9004059 - LOC. PASSATEMPO</t>
+        </is>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="inlineStr">
+        <is>
+          <t>35902</t>
+        </is>
+      </c>
+      <c r="B221" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO CIVEMASA TAC 13000 - 2008 - FR9004120 - LOC. PASSATEMPO</t>
+        </is>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="inlineStr">
+        <is>
+          <t>35905</t>
+        </is>
+      </c>
+      <c r="B222" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO CIVEMASA TAC 13000 - ANO 2008 - FR5004814 - LOC. RIO BRILHANTE </t>
+        </is>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="inlineStr">
+        <is>
+          <t>35907</t>
+        </is>
+      </c>
+      <c r="B223" s="4" t="inlineStr">
+        <is>
+          <t> IMPLEMENTO MUNCK USICAMP MK12LT5 - CAP. CARGA: 6000 Kg - ANO 2006 - FR5001265 - LOC. RIO BRILHANTE </t>
+        </is>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="5" t="inlineStr">
+        <is>
+          <t>35912</t>
+        </is>
+      </c>
+      <c r="B224" s="4" t="inlineStr">
+        <is>
+          <t> HIDRO ROLL - ANO 2017 - FR4445268 - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F224" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="5" t="inlineStr">
+        <is>
+          <t>35913</t>
+        </is>
+      </c>
+      <c r="B225" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO CIVEMASA TAC 13000 - ANO 2008 - FR9004094 - LOC. RIO BRILHANTE </t>
+        </is>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="5" t="inlineStr">
+        <is>
+          <t>35915</t>
+        </is>
+      </c>
+      <c r="B226" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO CIVEMASA TAC 13000 2008 - FR5004812 - LOC. PASSATEMPO</t>
+        </is>
+      </c>
+      <c r="C226" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D226" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F226" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="5" t="inlineStr">
+        <is>
+          <t>35917</t>
+        </is>
+      </c>
+      <c r="B227" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO CIVEMASA TAC 13000 2008 -FR5004734 - LOC. PASSATEMPO</t>
+        </is>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F227" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="5" t="inlineStr">
+        <is>
+          <t>35928</t>
+        </is>
+      </c>
+      <c r="B228" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER; ANO 2008/2009; BRANCA. - FR163124/FR165558. - (DESINVESTIMENTO) LOC. JATAI/GO</t>
+        </is>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F228" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="5" t="inlineStr">
+        <is>
+          <t>35947</t>
+        </is>
+      </c>
+      <c r="B229" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO CIVEMASA TRIDEM 13T; ANO 2016. - FR4445239. - (DESINVESTIMENTO). - LOC. JATAI/GO </t>
+        </is>
+      </c>
+      <c r="C229" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D229" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F229" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="5" t="inlineStr">
+        <is>
+          <t>35951</t>
+        </is>
+      </c>
+      <c r="B230" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO CIVEMASA TRIDEM 13T; ANO 2016. - FR4445254. - DESINVESTIMENTO. - LOC. JATAI/GO </t>
+        </is>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F230" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="5" t="inlineStr">
+        <is>
+          <t>35957</t>
+        </is>
+      </c>
+      <c r="B231" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO CIVEMASA TRIDEM 13T; ANO 2016. - FR4445249. - DESINVESTIMENTO. - LOC. JATAI/GO</t>
+        </is>
+      </c>
+      <c r="C231" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D231" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F231" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="5" t="inlineStr">
+        <is>
           <t>35984</t>
         </is>
       </c>
-      <c r="B165" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E165" s="5" t="inlineStr">
+      <c r="B232" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE MX 260 MAGNUM 4X4; ANO 2017. - FR163516. - DESINVESTIMENTO. - LOC. JATAI/GO</t>
+        </is>
+      </c>
+      <c r="C232" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D232" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
-      <c r="F165" s="4" t="inlineStr">
+      <c r="F232" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="5" t="inlineStr">
+        <is>
+          <t>35995</t>
+        </is>
+      </c>
+      <c r="B233" s="4" t="inlineStr">
+        <is>
+          <t>PONTE ROLANTE; CAP. 40 TON. - S/FR. - (INDUSTRIA) - LOC. RIO BRILHANTE </t>
+        </is>
+      </c>
+      <c r="C233" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D233" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F233" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="5" t="inlineStr">
+        <is>
+          <t>36000</t>
+        </is>
+      </c>
+      <c r="B234" s="4" t="inlineStr">
+        <is>
+          <t>02 TURBINA, 01 GERADOR 3500 KVA. - N/E. - INDUSTRIA- LOC. MACARAJU </t>
+        </is>
+      </c>
+      <c r="C234" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D234" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F234" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="5" t="inlineStr">
+        <is>
+          <t>36002</t>
+        </is>
+      </c>
+      <c r="B235" s="4" t="inlineStr">
+        <is>
+          <t>GERADOR. - N/E. - INDUSTRIA - LOC. MARACAJU</t>
+        </is>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F235" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
+      <c r="A236" s="5" t="inlineStr">
+        <is>
+          <t>36004</t>
+        </is>
+      </c>
+      <c r="B236" s="4" t="inlineStr">
+        <is>
+          <t>01 CENTRIFUGA DE AÇUCAR. - N/E. - INDUSTRIA - LOC.MARACAJU </t>
+        </is>
+      </c>
+      <c r="C236" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D236" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
+      <c r="A237" s="5" t="inlineStr">
+        <is>
+          <t>36006</t>
+        </is>
+      </c>
+      <c r="B237" s="4" t="inlineStr">
+        <is>
+          <t>03 REDUTORES. - N/E. - INDUSTRIA - LOC. MARACAJU</t>
+        </is>
+      </c>
+      <c r="C237" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D237" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F237" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
+      <c r="A238" s="5" t="inlineStr">
+        <is>
+          <t>36008</t>
+        </is>
+      </c>
+      <c r="B238" s="4" t="inlineStr">
+        <is>
+          <t>PAINEL ELETRICO. - PT299896. - INDUSTRIA- LOC. MARACAJU </t>
+        </is>
+      </c>
+      <c r="C238" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D238" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E238" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F238" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
+      <c r="A239" s="5" t="inlineStr">
+        <is>
+          <t>36009</t>
+        </is>
+      </c>
+      <c r="B239" s="4" t="inlineStr">
+        <is>
+          <t>MOTOR ESTACIONÁRIO. - N/E. - INDUSTRIA - LOC. RIO BRILHANTE </t>
+        </is>
+      </c>
+      <c r="C239" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D239" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F239" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="5" t="inlineStr">
+        <is>
+          <t>36011</t>
+        </is>
+      </c>
+      <c r="B240" s="4" t="inlineStr">
+        <is>
+          <t>FORNO INDUSTRIAL. - N/E. - LOC. RIO BRILHANTE </t>
+        </is>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F240" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
+      <c r="A241" s="5" t="inlineStr">
+        <is>
+          <t>36013</t>
+        </is>
+      </c>
+      <c r="B241" s="4" t="inlineStr">
+        <is>
+          <t>ROÇADEIRA. - FR5003986 . - INDUSTRIA - LOC. MARACAJU </t>
+        </is>
+      </c>
+      <c r="C241" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D241" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F241" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="5" t="inlineStr">
+        <is>
+          <t>36015</t>
+        </is>
+      </c>
+      <c r="B242" s="4" t="inlineStr">
+        <is>
+          <t>04 TORRES DE RESFRIAMENTO (SEM ACIONAMENTO). - N/E. - INDUSTRIA  - LOC. MACARAJU </t>
+        </is>
+      </c>
+      <c r="C242" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D242" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F242" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="5" t="inlineStr">
+        <is>
+          <t>36017</t>
+        </is>
+      </c>
+      <c r="B243" s="4" t="inlineStr">
+        <is>
+          <t>01 TRANSFORMADOR 750 KVA. - N/E. - INDUSTRIA - LOC. MARACAJU </t>
+        </is>
+      </c>
+      <c r="C243" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F243" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="5" t="inlineStr">
+        <is>
+          <t>36019</t>
+        </is>
+      </c>
+      <c r="B244" s="4" t="inlineStr">
+        <is>
+          <t>02 TRANSFORMADORES DE 45 KVA . - N/E. - INDUSTRIA - LOC. MARACAJU </t>
+        </is>
+      </c>
+      <c r="C244" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D244" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="5" t="inlineStr">
+        <is>
+          <t>36020</t>
+        </is>
+      </c>
+      <c r="B245" s="4" t="inlineStr">
+        <is>
+          <t>SONDA OBLIQUA. - N/E. - INDUSTRIA - LOC. MARACAJU </t>
+        </is>
+      </c>
+      <c r="C245" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D245" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F245" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="5" t="inlineStr">
+        <is>
+          <t>36608</t>
+        </is>
+      </c>
+      <c r="B246" s="4" t="inlineStr">
+        <is>
+          <t>BALDAN FAST CLEAN C/APLICADOR; ANO 2020; SÉRIE 61055636001001. - N/E. - LOC. JUNQUEIRA </t>
+        </is>
+      </c>
+      <c r="C246" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F246" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="5" t="inlineStr">
+        <is>
+          <t>36609</t>
+        </is>
+      </c>
+      <c r="B247" s="4" t="inlineStr">
+        <is>
+          <t>GRADE AGROMATÃO; ANO 2019. - FR103135. - LOC. JUNQUEIRA </t>
+        </is>
+      </c>
+      <c r="C247" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D247" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F247" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>